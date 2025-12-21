--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -6,95 +6,98 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="205">
   <si>
     <t>Mid-year reports - Magyar Telekom Plc.</t>
   </si>
   <si>
     <t>Unaudited, consolidated, in compliance with IFRS</t>
   </si>
   <si>
     <t>Key P&amp;L Figures</t>
   </si>
   <si>
-    <t>Apr 2025 - Jun 2025 (1)</t>
-[...32 lines deleted...]
-    <t>Jul 2022 - Sep 2022 (4)</t>
+    <t>Jul 2025 - Sep 2025 (1)</t>
+  </si>
+  <si>
+    <t>Apr 2025 - Jun 2025 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2025 - Mar 2025 (3)</t>
+  </si>
+  <si>
+    <t>Oct 2024 - Dec 2024 (4)</t>
+  </si>
+  <si>
+    <t>Jul 2024 - Sep 2024 (1)</t>
+  </si>
+  <si>
+    <t>Apr 2024 - Jun 2024 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Mar 2024 (3)</t>
+  </si>
+  <si>
+    <t>Oct 2023 - Dec 2023 (4)</t>
+  </si>
+  <si>
+    <t>Jul 2023 - Sep 2023 (1)</t>
+  </si>
+  <si>
+    <t>Apr 2023 - Jun 2023 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2023 - Mar 2023 (3)</t>
+  </si>
+  <si>
+    <t>Oct 2022 - Dec 2022 (4)</t>
+  </si>
+  <si>
+    <t>Jul 2022 - Sep 2022 (1)</t>
   </si>
   <si>
     <t>Apr 2022 - Jun 2022 (5)</t>
   </si>
   <si>
     <t>Jan 2022 - Mar 2022 (6)</t>
   </si>
   <si>
     <t>Oct 2021 - Dec 2021 (7)</t>
   </si>
   <si>
     <t>Jul 2021 - Sep 2021 (8)</t>
   </si>
   <si>
     <t>Apr 2021 - Jun 2021 (5)</t>
   </si>
   <si>
     <t>Jan 2021 - Mar 2021 (6)</t>
   </si>
   <si>
     <t>Oct 2020 - Dec 2020 (7)</t>
   </si>
   <si>
     <t>Jul 2020 - Sep 2020 (8)</t>
   </si>
@@ -272,50 +275,53 @@
   <si>
     <t/>
   </si>
   <si>
     <t>(million HUF)</t>
   </si>
   <si>
     <t>Net sales</t>
   </si>
   <si>
     <t>Operating profit (EBIT)</t>
   </si>
   <si>
     <t>Net income from financial activities</t>
   </si>
   <si>
     <t>Profit before tax</t>
   </si>
   <si>
     <t>Profit after tax</t>
   </si>
   <si>
     <t>Key Balance Sheet Items</t>
   </si>
   <si>
+    <t>30 Sep 2025</t>
+  </si>
+  <si>
     <t>30 Jun 2025</t>
   </si>
   <si>
     <t>31 Mar 2025</t>
   </si>
   <si>
     <t>31 Dec 2024</t>
   </si>
   <si>
     <t>30 Sep 2024</t>
   </si>
   <si>
     <t>30 Jun 2024</t>
   </si>
   <si>
     <t>31 Mar 2024</t>
   </si>
   <si>
     <t>31 Dec 2023</t>
   </si>
   <si>
     <t>30 Sep 2023</t>
   </si>
   <si>
     <t>30 Jun 2023</t>
@@ -542,69 +548,69 @@
   <si>
     <t>Inventory</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Shareholders equity</t>
   </si>
   <si>
     <t>Share capital</t>
   </si>
   <si>
     <t>Long-term liabilities</t>
   </si>
   <si>
     <t>Short-term liabilities</t>
   </si>
   <si>
     <t>Total liabilities and shareholders equity</t>
   </si>
   <si>
     <t>(1)</t>
   </si>
   <si>
+    <t>non-audited, consolidated, IFRS; Business Year: July 1 - September 30</t>
+  </si>
+  <si>
+    <t>(2)</t>
+  </si>
+  <si>
     <t>non-audited, consolidated, IFRS; Business Year: April 1 - June 30</t>
   </si>
   <si>
-    <t>(2)</t>
+    <t>(3)</t>
   </si>
   <si>
     <t>non-audited, consolidated, IFRS; Business Year: January 1 - March 31</t>
   </si>
   <si>
-    <t>(3)</t>
+    <t>(4)</t>
   </si>
   <si>
     <t>non-audited, consolidated, IFRS; Business Year: October 1 - December 31</t>
-  </si>
-[...4 lines deleted...]
-    <t>non-audited, consolidated, IFRS; Business Year: July 1 - September 30</t>
   </si>
   <si>
     <t>(5)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: April 1 - June 30)</t>
   </si>
   <si>
     <t>(6)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - March 31)</t>
   </si>
   <si>
     <t>(7)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: October 1 - December 31)</t>
   </si>
   <si>
     <t>(8)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: July 1 - September 30)</t>
   </si>
@@ -755,134 +761,135 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:CA43"/>
+  <dimension ref="A1:CB43"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="37.2421875" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="22.58203125" customWidth="true" bestFit="true"/>
-[...75 lines deleted...]
-    <col min="78" max="78" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="22.58203125" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="73" max="73" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="74" max="74" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="75" max="75" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="76" max="76" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="77" max="77" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="78" max="78" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="79" max="79" width="23.40234375" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -1086,3941 +1093,3992 @@
       </c>
       <c r="BS4" t="s" s="1">
         <v>72</v>
       </c>
       <c r="BT4" t="s" s="1">
         <v>73</v>
       </c>
       <c r="BU4" t="s" s="1">
         <v>74</v>
       </c>
       <c r="BV4" t="s" s="1">
         <v>75</v>
       </c>
       <c r="BW4" t="s" s="1">
         <v>76</v>
       </c>
       <c r="BX4" t="s" s="1">
         <v>77</v>
       </c>
       <c r="BY4" t="s" s="1">
         <v>78</v>
       </c>
       <c r="BZ4" t="s" s="1">
         <v>79</v>
       </c>
+      <c r="CA4" t="s" s="1">
+        <v>80</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BS5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BT5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BU5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BV5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BW5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BX5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BY5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BZ5" t="s" s="2">
-        <v>81</v>
+        <v>82</v>
+      </c>
+      <c r="CA5" t="s" s="2">
+        <v>82</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>242904.0</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>241291.0</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>241632.0</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>256510.0</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>246132.0</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>240607.0</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>224229.0</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>229187.0</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>216225.0</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>208090.0</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>195870.0</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>199203.0</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>190915.0</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>184234.0</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>175864.0</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>193592.0</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>178088.0</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>166141.0</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>162299.0</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>188875.0</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>167653.0</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>157187.0</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>159333.0</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>182318.0</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>164632.0</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>160754.0</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>158949.0</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>175134.0</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>163685.0</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>167666.0</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>150619.0</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>161442.0</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>155381.0</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>294028.0</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>140507.0</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>602651.0</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>443823.0</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>293217.0</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>145051.0</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>656342.0</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>473458.0</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>315452.0</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>156957.0</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>626447.0</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>461183.0</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>303679.0</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>151893.0</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>637521.0</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>471780.0</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>313516.0</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>156609.0</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>607128.0</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>442255.0</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>292110.0</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>146648.0</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>597617.0</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>438193.0</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>286073.0</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>142507.0</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>609579.0</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>452602.0</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>297834.0</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>147374.0</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>643989.0</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>480614.0</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>320504.0</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>159409.0</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>673056.0</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>502834.0</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>335756.0</v>
       </c>
-      <c r="BS6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>162640.0</v>
       </c>
-      <c r="BT6" t="n" s="3">
+      <c r="BU6" t="n" s="3">
         <v>676661.0</v>
       </c>
-      <c r="BU6" t="n" s="3">
+      <c r="BV6" t="n" s="3">
         <v>503644.0</v>
       </c>
-      <c r="BV6" t="n" s="3">
+      <c r="BW6" t="n" s="3">
         <v>328441.0</v>
       </c>
-      <c r="BW6" t="n" s="3">
+      <c r="BX6" t="n" s="3">
         <v>161125.0</v>
       </c>
-      <c r="BX6" t="n" s="3">
+      <c r="BY6" t="n" s="3">
         <v>671196.0</v>
       </c>
-      <c r="BY6" t="n" s="3">
+      <c r="BZ6" t="n" s="3">
         <v>490342.0</v>
       </c>
-      <c r="BZ6" t="n" s="3">
+      <c r="CA6" t="n" s="3">
         <v>312848.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>73117.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>72032.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>69916.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>50687.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>62187.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>61245.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>49340.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>36810.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>45714.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>41025.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>24447.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>28409.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>31306.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>22686.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>26777.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>25666.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>29482.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>22595.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>15066.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>25931.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>25385.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>20785.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>12723.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>19977.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>25843.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>24774.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>12586.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>16972.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>23108.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>21173.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>15725.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>14413.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>30171.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>32904.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>12622.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>79563.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>68335.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>44425.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>21552.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>73517.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>61533.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>40272.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>14798.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>80574.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>65406.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>41196.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>16094.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>74721.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>62974.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>38485.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>14248.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>87921.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>79881.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>49761.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>26264.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>63167.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>77338.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>49785.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>29252.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>112094.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>112714.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>70081.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>33526.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>147133.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>125922.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>80133.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>39784.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>162258.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>134664.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>88701.0</v>
       </c>
-      <c r="BS7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>40982.0</v>
       </c>
-      <c r="BT7" t="n" s="7">
+      <c r="BU7" t="n" s="7">
         <v>128312.0</v>
       </c>
-      <c r="BU7" t="n" s="7">
+      <c r="BV7" t="n" s="7">
         <v>117399.0</v>
       </c>
-      <c r="BV7" t="n" s="7">
+      <c r="BW7" t="n" s="7">
         <v>71578.0</v>
       </c>
-      <c r="BW7" t="n" s="7">
+      <c r="BX7" t="n" s="7">
         <v>34643.0</v>
       </c>
-      <c r="BX7" t="n" s="7">
+      <c r="BY7" t="n" s="7">
         <v>136391.0</v>
       </c>
-      <c r="BY7" t="n" s="7">
+      <c r="BZ7" t="n" s="7">
         <v>108035.0</v>
       </c>
-      <c r="BZ7" t="n" s="7">
+      <c r="CA7" t="n" s="7">
         <v>68074.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>-8410.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>-5638.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>-5169.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>-5121.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>-8410.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>-7900.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>-7805.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>-8053.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>-15340.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>-11992.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-8655.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-7193.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>-8132.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>-6513.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>-2971.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>-2526.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>-5527.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>-4018.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-1625.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-6230.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-1201.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>-5446.0</v>
       </c>
-      <c r="W8" t="n" s="8">
+      <c r="X8" t="n" s="8">
         <v>-10969.0</v>
       </c>
-      <c r="X8" t="n" s="8">
+      <c r="Y8" t="n" s="8">
         <v>-3102.0</v>
       </c>
-      <c r="Y8" t="n" s="8">
+      <c r="Z8" t="n" s="8">
         <v>-8867.0</v>
       </c>
-      <c r="Z8" t="n" s="8">
+      <c r="AA8" t="n" s="8">
         <v>-6531.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-5625.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>-5177.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>-5297.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-2999.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-4311.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>-4701.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>-5396.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>-11530.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>-6050.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>-26815.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>-19286.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>-12469.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>-6558.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>-28176.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>-22575.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>-15429.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>-8613.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>-28397.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>-20453.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>-13813.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>-6046.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>-31560.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>-23534.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>-14294.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>-7745.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>-28598.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>-20156.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>-14913.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>-7600.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>-32462.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>-20678.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>-16491.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>-8440.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>-28113.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>-21481.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>-14286.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>-8503.0</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>-32813.0</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>-25671.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>-15262.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>-9742.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>-30308.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>-20696.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>-12461.0</v>
       </c>
-      <c r="BS8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>-7980.0</v>
       </c>
-      <c r="BT8" t="n" s="8">
+      <c r="BU8" t="n" s="8">
         <v>-29969.0</v>
       </c>
-      <c r="BU8" t="n" s="8">
+      <c r="BV8" t="n" s="8">
         <v>-23133.0</v>
       </c>
-      <c r="BV8" t="n" s="8">
+      <c r="BW8" t="n" s="8">
         <v>-14833.0</v>
       </c>
-      <c r="BW8" t="n" s="8">
+      <c r="BX8" t="n" s="8">
         <v>-7161.0</v>
       </c>
-      <c r="BX8" t="n" s="8">
+      <c r="BY8" t="n" s="8">
         <v>-25410.0</v>
       </c>
-      <c r="BY8" t="n" s="8">
+      <c r="BZ8" t="n" s="8">
         <v>-21622.0</v>
       </c>
-      <c r="BZ8" t="n" s="8">
+      <c r="CA8" t="n" s="8">
         <v>-16249.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>67574.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>67394.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>64747.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>45566.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>53777.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>53345.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>41535.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>28757.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>30374.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>29033.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>15792.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>21216.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>23174.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>16173.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>23832.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>23140.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>23955.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>18577.0</v>
       </c>
-      <c r="S9" t="n" s="9">
+      <c r="T9" t="n" s="9">
         <v>13441.0</v>
       </c>
-      <c r="T9" t="n" s="9">
+      <c r="U9" t="n" s="9">
         <v>19701.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>24184.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>15339.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>1688.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>16787.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>16939.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>18358.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>7061.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>12053.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>17834.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>18086.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>11809.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>9871.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>24652.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>21681.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>6881.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>52826.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>49095.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>32034.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>14970.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>45341.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>38958.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>24843.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>6185.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>52172.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>44948.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>27392.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>10048.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>43161.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>39440.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>24191.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>6503.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>59323.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>59725.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>34848.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>18664.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>30717.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>56664.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>33293.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>20811.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>83954.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>91213.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>55777.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>25014.0</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>114211.0</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>100135.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>64730.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>29866.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>133291.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>114685.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>76785.0</v>
       </c>
-      <c r="BS9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>33014.0</v>
       </c>
-      <c r="BT9" t="n" s="9">
+      <c r="BU9" t="n" s="9">
         <v>99277.0</v>
       </c>
-      <c r="BU9" t="n" s="9">
+      <c r="BV9" t="n" s="9">
         <v>94723.0</v>
       </c>
-      <c r="BV9" t="n" s="9">
+      <c r="BW9" t="n" s="9">
         <v>57266.0</v>
       </c>
-      <c r="BW9" t="n" s="9">
+      <c r="BX9" t="n" s="9">
         <v>27542.0</v>
       </c>
-      <c r="BX9" t="n" s="9">
+      <c r="BY9" t="n" s="9">
         <v>111684.0</v>
       </c>
-      <c r="BY9" t="n" s="9">
+      <c r="BZ9" t="n" s="9">
         <v>86734.0</v>
       </c>
-      <c r="BZ9" t="n" s="9">
+      <c r="CA9" t="n" s="9">
         <v>52268.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>57479.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>57727.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>55667.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>37795.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>45944.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>44641.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>35016.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>24301.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>24653.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>23675.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>11775.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>17516.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>18488.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>11728.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>19342.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>18840.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>19431.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>14515.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>10061.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>15965.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>19683.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>11481.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>-812.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>12985.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>13044.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>14501.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>3982.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>7704.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>14513.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>14718.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>9514.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>5163.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>19341.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>25268.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>4814.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>57223.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>36702.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>23061.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>11465.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>31547.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>27444.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>16851.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>3322.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>32024.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>29374.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>17577.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>4990.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>28855.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>27610.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>16766.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>2929.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>45855.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>47028.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>28011.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>14940.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>3179.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>41854.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>25193.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>17867.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>77371.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>67659.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>38875.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>19264.0</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>93253.0</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>80451.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>53300.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>24403.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>105593.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>90665.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>59900.0</v>
       </c>
-      <c r="BS10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>25588.0</v>
       </c>
-      <c r="BT10" t="n" s="10">
+      <c r="BU10" t="n" s="10">
         <v>73056.0</v>
       </c>
-      <c r="BU10" t="n" s="10">
+      <c r="BV10" t="n" s="10">
         <v>69868.0</v>
       </c>
-      <c r="BV10" t="n" s="10">
+      <c r="BW10" t="n" s="10">
         <v>40435.0</v>
       </c>
-      <c r="BW10" t="n" s="10">
+      <c r="BX10" t="n" s="10">
         <v>18663.0</v>
       </c>
-      <c r="BX10" t="n" s="10">
+      <c r="BY10" t="n" s="10">
         <v>87464.0</v>
       </c>
-      <c r="BY10" t="n" s="10">
+      <c r="BZ10" t="n" s="10">
         <v>69900.0</v>
       </c>
-      <c r="BZ10" t="n" s="10">
+      <c r="CA10" t="n" s="10">
         <v>42452.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="BS12" t="s" s="11">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="BT12" t="s" s="11">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="BU12" t="s" s="11">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="BV12" t="s" s="11">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="BW12" t="s" s="11">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="BX12" t="s" s="11">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="BY12" t="s" s="11">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="BZ12" t="s" s="11">
-        <v>164</v>
+        <v>165</v>
+      </c>
+      <c r="CA12" t="s" s="11">
+        <v>166</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BS13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BT13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BU13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BV13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BW13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BX13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BY13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BZ13" t="s" s="12">
-        <v>81</v>
+        <v>82</v>
+      </c>
+      <c r="CA13" t="s" s="12">
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>1163080.0</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>1162291.0</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>1167474.0</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>1188960.0</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>1158785.0</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>1161205.0</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>1171309.0</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>1178555.0</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>1176186.0</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>1177025.0</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>1201945.0</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>1215090.0</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>1208329.0</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>1185347.0</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>1164685.0</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>1168769.0</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>1149729.0</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>1145652.0</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>1163183.0</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>1091604.0</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>1073379.0</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>1075617.0</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>993776.0</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>992304.0</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>990810.0</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>999871.0</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>1011405.0</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>922569.0</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>900520.0</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>912057.0</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>918393.0</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>920634.0</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>919836.0</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>925067.0</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>926128.0</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>981551.0</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>966968.0</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>967007.0</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>974590.0</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>996846.0</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>980121.0</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>986041.0</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>971503.0</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>992879.0</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>941659.0</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>886558.0</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>893699.0</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>897307.0</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>898065.0</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>842406.0</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>845670.0</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>841921.0</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>845175.0</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>851077.0</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>863704.0</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>877632.0</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>891404.0</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>877928.0</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>888730.0</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>908432.0</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>898348.0</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>908988.0</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>904924.0</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>917011.0</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>912795.0</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>914833.0</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>930315.0</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>911728.0</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>877329.0</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>876015.0</v>
       </c>
-      <c r="BS14" t="n" s="13">
+      <c r="BT14" t="n" s="13">
         <v>890419.0</v>
       </c>
-      <c r="BT14" t="n" s="13">
+      <c r="BU14" t="n" s="13">
         <v>904003.0</v>
       </c>
-      <c r="BU14" t="n" s="13">
+      <c r="BV14" t="n" s="13">
         <v>883364.0</v>
       </c>
-      <c r="BV14" t="n" s="13">
+      <c r="BW14" t="n" s="13">
         <v>886962.0</v>
       </c>
-      <c r="BW14" t="n" s="13">
+      <c r="BX14" t="n" s="13">
         <v>898185.0</v>
       </c>
-      <c r="BX14" t="n" s="13">
+      <c r="BY14" t="n" s="13">
         <v>923027.0</v>
       </c>
-      <c r="BY14" t="n" s="13">
+      <c r="BZ14" t="n" s="13">
         <v>924777.0</v>
       </c>
-      <c r="BZ14" t="n" s="13">
+      <c r="CA14" t="n" s="13">
         <v>931218.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>271697.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>280371.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>286163.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>293626.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>293283.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>300066.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>308485.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>314659.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>315505.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>320205.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>326128.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>332185.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>328714.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>330643.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>337917.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>346149.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>346896.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>351473.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>360443.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>285680.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>288337.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>295621.0</v>
       </c>
-      <c r="W15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>208498.0</v>
       </c>
-      <c r="X15" t="n" s="14">
+      <c r="Y15" t="n" s="14">
         <v>212714.0</v>
       </c>
-      <c r="Y15" t="n" s="14">
+      <c r="Z15" t="n" s="14">
         <v>215144.0</v>
       </c>
-      <c r="Z15" t="n" s="14">
+      <c r="AA15" t="n" s="14">
         <v>221031.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AB15" t="n" s="14">
         <v>226968.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>234848.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>215109.0</v>
       </c>
-      <c r="AD15" t="n" s="14">
+      <c r="AE15" t="n" s="14">
         <v>218557.0</v>
       </c>
-      <c r="AE15" t="n" s="14">
+      <c r="AF15" t="n" s="14">
         <v>221902.0</v>
       </c>
-      <c r="AF15" t="n" s="14">
+      <c r="AG15" t="n" s="14">
         <v>229174.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AH15" t="n" s="14">
         <v>229544.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>235228.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>237911.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>260165.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>255916.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>469385.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>472978.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>478844.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>476050.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>477565.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>471427.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>478486.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>377582.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>377492.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>379370.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>381199.0</v>
       </c>
-      <c r="AW15" t="n" s="14">
+      <c r="AX15" t="n" s="14">
         <v>377986.0</v>
       </c>
-      <c r="AX15" t="n" s="14">
+      <c r="AY15" t="n" s="14">
         <v>314211.0</v>
       </c>
-      <c r="AY15" t="n" s="14">
+      <c r="AZ15" t="n" s="14">
         <v>314685.0</v>
       </c>
-      <c r="AZ15" t="n" s="14">
+      <c r="BA15" t="n" s="14">
         <v>311066.0</v>
       </c>
-      <c r="BA15" t="n" s="14">
+      <c r="BB15" t="n" s="14">
         <v>316269.0</v>
       </c>
-      <c r="BB15" t="n" s="14">
+      <c r="BC15" t="n" s="14">
         <v>313836.0</v>
       </c>
-      <c r="BC15" t="n" s="14">
+      <c r="BD15" t="n" s="14">
         <v>315305.0</v>
       </c>
-      <c r="BD15" t="n" s="14">
+      <c r="BE15" t="n" s="14">
         <v>308313.0</v>
       </c>
-      <c r="BE15" t="n" s="14">
+      <c r="BF15" t="n" s="14">
         <v>330102.0</v>
       </c>
-      <c r="BF15" t="n" s="14">
+      <c r="BG15" t="n" s="14">
         <v>326662.0</v>
       </c>
-      <c r="BG15" t="n" s="14">
+      <c r="BH15" t="n" s="14">
         <v>328386.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>332993.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>329427.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>330723.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>331349.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>335615.0</v>
       </c>
-      <c r="BM15" t="n" s="14">
+      <c r="BN15" t="n" s="14">
         <v>335198.0</v>
       </c>
-      <c r="BN15" t="n" s="14">
+      <c r="BO15" t="n" s="14">
         <v>336694.0</v>
       </c>
-      <c r="BO15" t="n" s="14">
+      <c r="BP15" t="n" s="14">
         <v>338073.0</v>
       </c>
-      <c r="BP15" t="n" s="14">
+      <c r="BQ15" t="n" s="14">
         <v>335379.0</v>
       </c>
-      <c r="BQ15" t="n" s="14">
+      <c r="BR15" t="n" s="14">
         <v>329254.0</v>
       </c>
-      <c r="BR15" t="n" s="14">
+      <c r="BS15" t="n" s="14">
         <v>329371.0</v>
       </c>
-      <c r="BS15" t="n" s="14">
+      <c r="BT15" t="n" s="14">
         <v>332968.0</v>
       </c>
-      <c r="BT15" t="n" s="14">
+      <c r="BU15" t="n" s="14">
         <v>337227.0</v>
       </c>
-      <c r="BU15" t="n" s="14">
+      <c r="BV15" t="n" s="14">
         <v>325377.0</v>
       </c>
-      <c r="BV15" t="n" s="14">
+      <c r="BW15" t="n" s="14">
         <v>328617.0</v>
       </c>
-      <c r="BW15" t="n" s="14">
+      <c r="BX15" t="n" s="14">
         <v>330223.0</v>
       </c>
-      <c r="BX15" t="n" s="14">
+      <c r="BY15" t="n" s="14">
         <v>331740.0</v>
       </c>
-      <c r="BY15" t="n" s="14">
+      <c r="BZ15" t="n" s="14">
         <v>333460.0</v>
       </c>
-      <c r="BZ15" t="n" s="14">
+      <c r="CA15" t="n" s="14">
         <v>327896.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>504679.0</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>493754.0</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>491170.0</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>497728.0</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>483454.0</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>480830.0</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>476590.0</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>476892.0</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>475797.0</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>472117.0</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>471913.0</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>475708.0</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>469683.0</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>450397.0</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>437777.0</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>437432.0</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>429974.0</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>427692.0</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>429504.0</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>432436.0</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>431047.0</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>426962.0</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>426954.0</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>426826.0</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>426572.0</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>427096.0</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>429939.0</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>443147.0</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>442821.0</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>448436.0</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>454050.0</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>458343.0</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>456532.0</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>457842.0</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>458620.0</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>483174.0</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>474162.0</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>477633.0</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>478515.0</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>493204.0</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>480666.0</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>482082.0</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>474692.0</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>487778.0</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>481879.0</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>487346.0</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>492312.0</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>493619.0</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>496251.0</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>501989.0</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>505277.0</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>510962.0</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>512645.0</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>512170.0</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>521526.0</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>536224.0</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>529880.0</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>527920.0</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>535983.0</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>549752.0</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>541707.0</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>549630.0</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>544115.0</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>550745.0</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>548446.0</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>548866.0</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>558837.0</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>543689.0</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>518285.0</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>516669.0</v>
       </c>
-      <c r="BS16" t="n" s="18">
+      <c r="BT16" t="n" s="18">
         <v>526433.0</v>
       </c>
-      <c r="BT16" t="n" s="18">
+      <c r="BU16" t="n" s="18">
         <v>534731.0</v>
       </c>
-      <c r="BU16" t="n" s="18">
+      <c r="BV16" t="n" s="18">
         <v>522007.0</v>
       </c>
-      <c r="BV16" t="n" s="18">
+      <c r="BW16" t="n" s="18">
         <v>526993.0</v>
       </c>
-      <c r="BW16" t="n" s="18">
+      <c r="BX16" t="n" s="18">
         <v>534857.0</v>
       </c>
-      <c r="BX16" t="n" s="18">
+      <c r="BY16" t="n" s="18">
         <v>550900.0</v>
       </c>
-      <c r="BY16" t="n" s="18">
+      <c r="BZ16" t="n" s="18">
         <v>561093.0</v>
       </c>
-      <c r="BZ16" t="n" s="18">
+      <c r="CA16" t="n" s="18">
         <v>577588.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>34141.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
         <v>14688.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="D17" t="n" s="19">
         <v>39018.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>42878.0</v>
       </c>
-      <c r="E17" t="n" s="19">
+      <c r="F17" t="n" s="19">
         <v>32757.0</v>
       </c>
-      <c r="F17" t="n" s="19">
+      <c r="G17" t="n" s="19">
         <v>33680.0</v>
       </c>
-      <c r="G17" t="n" s="19">
+      <c r="H17" t="n" s="19">
         <v>36621.0</v>
       </c>
-      <c r="H17" t="n" s="19">
+      <c r="I17" t="n" s="19">
         <v>42770.0</v>
       </c>
-      <c r="I17" t="n" s="19">
+      <c r="J17" t="n" s="19">
         <v>40240.0</v>
       </c>
-      <c r="J17" t="n" s="19">
+      <c r="K17" t="n" s="19">
         <v>38536.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>54839.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>62285.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>65713.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>57179.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>45590.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>43279.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>33167.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>30522.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>34256.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>33103.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>31464.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>32099.0</v>
       </c>
-      <c r="W17" t="n" s="19">
+      <c r="X17" t="n" s="19">
         <v>34907.0</v>
       </c>
-      <c r="X17" t="n" s="19">
+      <c r="Y17" t="n" s="19">
         <v>26841.0</v>
       </c>
-      <c r="Y17" t="n" s="19">
+      <c r="Z17" t="n" s="19">
         <v>25078.0</v>
       </c>
-      <c r="Z17" t="n" s="19">
+      <c r="AA17" t="n" s="19">
         <v>22831.0</v>
       </c>
-      <c r="AA17" t="n" s="19">
+      <c r="AB17" t="n" s="19">
         <v>23608.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AC17" t="n" s="19">
         <v>30000.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>23082.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>25298.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>22330.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>20647.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>20283.0</v>
       </c>
-      <c r="AH17" t="n" s="19">
+      <c r="AI17" t="n" s="19">
         <v>19602.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>17701.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>19332.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>18039.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>19153.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>22235.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>23950.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>22493.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>25395.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>24370.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>25243.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>21527.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>20611.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>20785.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>21624.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>22906.0</v>
       </c>
-      <c r="AX17" t="n" s="19">
+      <c r="AY17" t="n" s="19">
         <v>25163.0</v>
       </c>
-      <c r="AY17" t="n" s="19">
+      <c r="AZ17" t="n" s="19">
         <v>24433.0</v>
       </c>
-      <c r="AZ17" t="n" s="19">
+      <c r="BA17" t="n" s="19">
         <v>18862.0</v>
       </c>
-      <c r="BA17" t="n" s="19">
+      <c r="BB17" t="n" s="19">
         <v>14995.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>23807.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>25490.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>31590.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>29857.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>21824.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>22963.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>24110.0</v>
       </c>
-      <c r="BI17" t="n" s="19">
+      <c r="BJ17" t="n" s="19">
         <v>24330.0</v>
       </c>
-      <c r="BJ17" t="n" s="19">
+      <c r="BK17" t="n" s="19">
         <v>25626.0</v>
       </c>
-      <c r="BK17" t="n" s="19">
+      <c r="BL17" t="n" s="19">
         <v>26549.0</v>
       </c>
-      <c r="BL17" t="n" s="19">
+      <c r="BM17" t="n" s="19">
         <v>27868.0</v>
       </c>
-      <c r="BM17" t="n" s="19">
+      <c r="BN17" t="n" s="19">
         <v>26289.0</v>
       </c>
-      <c r="BN17" t="n" s="19">
+      <c r="BO17" t="n" s="19">
         <v>26944.0</v>
       </c>
-      <c r="BO17" t="n" s="19">
+      <c r="BP17" t="n" s="19">
         <v>28925.0</v>
       </c>
-      <c r="BP17" t="n" s="19">
+      <c r="BQ17" t="n" s="19">
         <v>30230.0</v>
       </c>
-      <c r="BQ17" t="n" s="19">
+      <c r="BR17" t="n" s="19">
         <v>28885.0</v>
       </c>
-      <c r="BR17" t="n" s="19">
+      <c r="BS17" t="n" s="19">
         <v>29495.0</v>
       </c>
-      <c r="BS17" t="n" s="19">
+      <c r="BT17" t="n" s="19">
         <v>30310.0</v>
       </c>
-      <c r="BT17" t="n" s="19">
+      <c r="BU17" t="n" s="19">
         <v>29913.0</v>
       </c>
-      <c r="BU17" t="n" s="19">
+      <c r="BV17" t="n" s="19">
         <v>33729.0</v>
       </c>
-      <c r="BV17" t="n" s="19">
+      <c r="BW17" t="n" s="19">
         <v>30039.0</v>
       </c>
-      <c r="BW17" t="n" s="19">
+      <c r="BX17" t="n" s="19">
         <v>29675.0</v>
       </c>
-      <c r="BX17" t="n" s="19">
+      <c r="BY17" t="n" s="19">
         <v>30812.0</v>
       </c>
-      <c r="BY17" t="n" s="19">
+      <c r="BZ17" t="n" s="19">
         <v>5184.0</v>
       </c>
-      <c r="BZ17" t="n" s="19">
+      <c r="CA17" t="n" s="19">
         <v>5306.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>363084.0</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>282582.0</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>363031.0</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>285276.0</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>270102.0</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>292211.0</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>286162.0</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>285276.0</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>276735.0</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>262371.0</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>244922.0</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>241327.0</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>237451.0</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>233496.0</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>225549.0</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>231902.0</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>225177.0</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>221810.0</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>225551.0</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>258290.0</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>228138.0</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>220264.0</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>229298.0</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>236566.0</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>229082.0</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>221541.0</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>220951.0</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>233427.0</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>216737.0</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>215762.0</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>205479.0</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>189027.0</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>181670.0</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>188050.0</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>183255.0</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>193978.0</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>182064.0</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>197538.0</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>197391.0</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>210178.0</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>204194.0</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>194421.0</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>197487.0</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>197897.0</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>191891.0</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>182923.0</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>202910.0</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>193941.0</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>198502.0</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>195657.0</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>231042.0</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>215923.0</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>179666.0</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>183176.0</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>223028.0</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>220396.0</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>196151.0</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>176270.0</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>211673.0</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>200574.0</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>192215.0</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>234736.0</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>218781.0</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>249366.0</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>261317.0</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>248635.0</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>282189.0</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>254815.0</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>245090.0</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>238646.0</v>
       </c>
-      <c r="BS18" t="n" s="20">
+      <c r="BT18" t="n" s="20">
         <v>245670.0</v>
       </c>
-      <c r="BT18" t="n" s="20">
+      <c r="BU18" t="n" s="20">
         <v>231575.0</v>
       </c>
-      <c r="BU18" t="n" s="20">
+      <c r="BV18" t="n" s="20">
         <v>219395.0</v>
       </c>
-      <c r="BV18" t="n" s="20">
+      <c r="BW18" t="n" s="20">
         <v>222884.0</v>
       </c>
-      <c r="BW18" t="n" s="20">
+      <c r="BX18" t="n" s="20">
         <v>224186.0</v>
       </c>
-      <c r="BX18" t="n" s="20">
+      <c r="BY18" t="n" s="20">
         <v>208568.0</v>
       </c>
-      <c r="BY18" t="n" s="20">
+      <c r="BZ18" t="n" s="20">
         <v>196390.0</v>
       </c>
-      <c r="BZ18" t="n" s="20">
+      <c r="CA18" t="n" s="20">
         <v>175525.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>23212.0</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>23343.0</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>24892.0</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>28756.0</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>22001.0</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>27881.0</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>29845.0</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>32428.0</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>25814.0</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>24621.0</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>28533.0</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>25344.0</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>19712.0</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>16015.0</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>20579.0</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>18053.0</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>18982.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>18746.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>20150.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>18395.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>14799.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>16874.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>21509.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>19833.0</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>17913.0</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>18000.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>20431.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>19118.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>16802.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>17934.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>19280.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>17175.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>16063.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>15413.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>18325.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>16643.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>13462.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>13842.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>15986.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>12665.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>12133.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>15778.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>16877.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>13749.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>13275.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>13779.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>14748.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>12478.0</v>
       </c>
-      <c r="AW19" t="n" s="21">
+      <c r="AX19" t="n" s="21">
         <v>15291.0</v>
       </c>
-      <c r="AX19" t="n" s="21">
+      <c r="AY19" t="n" s="21">
         <v>14250.0</v>
       </c>
-      <c r="AY19" t="n" s="21">
+      <c r="AZ19" t="n" s="21">
         <v>14641.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
+      <c r="BA19" t="n" s="21">
         <v>12400.0</v>
       </c>
-      <c r="BA19" t="n" s="21">
+      <c r="BB19" t="n" s="21">
         <v>10879.0</v>
       </c>
-      <c r="BB19" t="n" s="21">
+      <c r="BC19" t="n" s="21">
         <v>12460.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>11648.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
+      <c r="BE19" t="n" s="21">
         <v>9904.0</v>
       </c>
-      <c r="BE19" t="n" s="21">
+      <c r="BF19" t="n" s="21">
         <v>11741.0</v>
       </c>
-      <c r="BF19" t="n" s="21">
+      <c r="BG19" t="n" s="21">
         <v>10860.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
+      <c r="BH19" t="n" s="21">
         <v>10788.0</v>
       </c>
-      <c r="BH19" t="n" s="21">
+      <c r="BI19" t="n" s="21">
         <v>9592.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>9858.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>11570.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>10303.0</v>
       </c>
-      <c r="BL19" t="n" s="21">
+      <c r="BM19" t="n" s="21">
         <v>9788.0</v>
       </c>
-      <c r="BM19" t="n" s="21">
+      <c r="BN19" t="n" s="21">
         <v>10041.0</v>
       </c>
-      <c r="BN19" t="n" s="21">
+      <c r="BO19" t="n" s="21">
         <v>11785.0</v>
       </c>
-      <c r="BO19" t="n" s="21">
+      <c r="BP19" t="n" s="21">
         <v>11500.0</v>
       </c>
-      <c r="BP19" t="n" s="21">
+      <c r="BQ19" t="n" s="21">
         <v>13291.0</v>
       </c>
-      <c r="BQ19" t="n" s="21">
+      <c r="BR19" t="n" s="21">
         <v>12587.0</v>
       </c>
-      <c r="BR19" t="n" s="21">
+      <c r="BS19" t="n" s="21">
         <v>10383.0</v>
       </c>
-      <c r="BS19" t="n" s="21">
+      <c r="BT19" t="n" s="21">
         <v>10882.0</v>
       </c>
-      <c r="BT19" t="n" s="21">
+      <c r="BU19" t="n" s="21">
         <v>10652.0</v>
       </c>
-      <c r="BU19" t="n" s="21">
+      <c r="BV19" t="n" s="21">
         <v>10390.0</v>
       </c>
-      <c r="BV19" t="n" s="21">
+      <c r="BW19" t="n" s="21">
         <v>12177.0</v>
       </c>
-      <c r="BW19" t="n" s="21">
+      <c r="BX19" t="n" s="21">
         <v>10332.0</v>
       </c>
-      <c r="BX19" t="n" s="21">
+      <c r="BY19" t="n" s="21">
         <v>10460.0</v>
       </c>
-      <c r="BY19" t="n" s="21">
+      <c r="BZ19" t="n" s="21">
         <v>11113.0</v>
       </c>
-      <c r="BZ19" t="n" s="21">
+      <c r="CA19" t="n" s="21">
         <v>11440.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>1526164.0</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>1444873.0</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>1530505.0</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>1530073.0</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>1428887.0</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>1453416.0</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>1457471.0</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>1463831.0</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>1452921.0</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>1439396.0</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>1446867.0</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>1456417.0</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>1445780.0</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>1418843.0</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>1390234.0</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>1400671.0</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>1374906.0</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>1367579.0</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>1388734.0</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>1349894.0</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>1301517.0</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>1295881.0</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>1223074.0</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>1228870.0</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>1219892.0</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>1221412.0</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>1232356.0</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>1155996.0</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>1117257.0</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>1127819.0</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>1123872.0</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>1109661.0</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>1101506.0</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>1113117.0</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>1109383.0</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>1175529.0</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>1149032.0</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>1164545.0</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>1171981.0</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>1207024.0</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>1184315.0</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>1180462.0</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>1168990.0</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>1190776.0</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>1133550.0</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>1069481.0</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>1096609.0</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>1091248.0</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>1096567.0</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>1038063.0</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>1076712.0</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>1057844.0</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>1024841.0</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>1034253.0</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>1086732.0</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>1098028.0</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>1087555.0</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>1054198.0</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>1100403.0</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>1109006.0</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>1090563.0</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>1143724.0</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>1123705.0</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>1166377.0</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>1174112.0</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>1163468.0</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>1212504.0</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>1166543.0</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>1122419.0</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>1114479.0</v>
       </c>
-      <c r="BS20" t="n" s="22">
+      <c r="BT20" t="n" s="22">
         <v>1136089.0</v>
       </c>
-      <c r="BT20" t="n" s="22">
+      <c r="BU20" t="n" s="22">
         <v>1135578.0</v>
       </c>
-      <c r="BU20" t="n" s="22">
+      <c r="BV20" t="n" s="22">
         <v>1102759.0</v>
       </c>
-      <c r="BV20" t="n" s="22">
+      <c r="BW20" t="n" s="22">
         <v>1109846.0</v>
       </c>
-      <c r="BW20" t="n" s="22">
+      <c r="BX20" t="n" s="22">
         <v>1122371.0</v>
       </c>
-      <c r="BX20" t="n" s="22">
+      <c r="BY20" t="n" s="22">
         <v>1131595.0</v>
       </c>
-      <c r="BY20" t="n" s="22">
+      <c r="BZ20" t="n" s="22">
         <v>1121167.0</v>
       </c>
-      <c r="BZ20" t="n" s="22">
+      <c r="CA20" t="n" s="22">
         <v>1106743.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>894563.0</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>799289.0</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>873819.0</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>823157.0</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>826690.0</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>739232.0</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>759843.0</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>723467.0</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>701649.0</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>675242.0</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>698763.0</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>691739.0</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>678424.0</v>
       </c>
-      <c r="N21" t="s" s="27">
-[...1 lines deleted...]
-      </c>
       <c r="O21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AG21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AH21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ21" t="s" s="27">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK21" t="s" s="27">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="AL21" t="n" s="27">
+        <v>81</v>
+      </c>
+      <c r="AL21" t="s" s="27">
+        <v>81</v>
+      </c>
+      <c r="AM21" t="n" s="27">
         <v>507440.0</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>511204.0</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>500218.0</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>496738.0</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>487893.0</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>471770.0</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>473954.0</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>470459.0</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>459610.0</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>446722.0</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>437468.0</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>437861.0</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>427010.0</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>471231.0</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>463056.0</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>460648.0</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>448094.0</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>493135.0</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>488015.0</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>518811.0</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>491974.0</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>539926.0</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>531512.0</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>522641.0</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>502417.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>552214.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>538480.0</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>531404.0</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>508895.0</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>584578.0</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>533946.0</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>511922.0</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>481057.0</v>
       </c>
-      <c r="BS21" t="n" s="27">
+      <c r="BT21" t="n" s="27">
         <v>540600.0</v>
       </c>
-      <c r="BT21" t="n" s="27">
+      <c r="BU21" t="n" s="27">
         <v>514998.0</v>
       </c>
-      <c r="BU21" t="n" s="27">
+      <c r="BV21" t="n" s="27">
         <v>512767.0</v>
       </c>
-      <c r="BV21" t="n" s="27">
+      <c r="BW21" t="n" s="27">
         <v>484477.0</v>
       </c>
-      <c r="BW21" t="n" s="27">
+      <c r="BX21" t="n" s="27">
         <v>541326.0</v>
       </c>
-      <c r="BX21" t="n" s="27">
+      <c r="BY21" t="n" s="27">
         <v>526039.0</v>
       </c>
-      <c r="BY21" t="n" s="27">
+      <c r="BZ21" t="n" s="27">
         <v>600570.0</v>
       </c>
-      <c r="BZ21" t="n" s="27">
+      <c r="CA21" t="n" s="27">
         <v>580140.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>93862.0</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>93862.0</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>93862.0</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>93862.0</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>93862.0</v>
       </c>
       <c r="G22" t="n" s="28">
-        <v>97156.0</v>
+        <v>93862.0</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>97156.0</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>97156.0</v>
       </c>
       <c r="J22" t="n" s="28">
         <v>97156.0</v>
       </c>
       <c r="K22" t="n" s="28">
-        <v>100580.0</v>
+        <v>97156.0</v>
       </c>
       <c r="L22" t="n" s="28">
         <v>100580.0</v>
       </c>
       <c r="M22" t="n" s="28">
         <v>100580.0</v>
       </c>
-      <c r="N22" t="s" s="28">
-        <v>80</v>
+      <c r="N22" t="n" s="28">
+        <v>100580.0</v>
       </c>
       <c r="O22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AG22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AH22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ22" t="s" s="28">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK22" t="s" s="28">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>104275.0</v>
+        <v>81</v>
+      </c>
+      <c r="AL22" t="s" s="28">
+        <v>81</v>
       </c>
       <c r="AM22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AN22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AO22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AP22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AQ22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AR22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AS22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="AT22" t="n" s="28">
         <v>104275.0</v>
       </c>
@@ -5081,895 +5139,907 @@
       <c r="BM22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BN22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BO22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BP22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BQ22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BR22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BS22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BT22" t="n" s="28">
         <v>104275.0</v>
       </c>
       <c r="BU22" t="n" s="28">
-        <v>104277.0</v>
+        <v>104275.0</v>
       </c>
       <c r="BV22" t="n" s="28">
         <v>104277.0</v>
       </c>
       <c r="BW22" t="n" s="28">
         <v>104277.0</v>
       </c>
       <c r="BX22" t="n" s="28">
         <v>104277.0</v>
       </c>
       <c r="BY22" t="n" s="28">
         <v>104277.0</v>
       </c>
       <c r="BZ22" t="n" s="28">
+        <v>104277.0</v>
+      </c>
+      <c r="CA22" t="n" s="28">
         <v>104277.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>380882.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>376056.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>376126.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>381431.0</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>396555.0</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>391663.0</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>389484.0</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>350978.0</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>407372.0</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>401672.0</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>408671.0</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>414717.0</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>426132.0</v>
       </c>
-      <c r="N23" t="s" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="O23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AG23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AH23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ23" t="s" s="29">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK23" t="s" s="29">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="AL23" t="n" s="29">
+        <v>81</v>
+      </c>
+      <c r="AL23" t="s" s="29">
+        <v>81</v>
+      </c>
+      <c r="AM23" t="n" s="29">
         <v>288413.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>310039.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>309910.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>353611.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>387421.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>330580.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>336542.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>246994.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>247925.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>281840.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>294449.0</v>
       </c>
-      <c r="AW23" t="n" s="29">
+      <c r="AX23" t="n" s="29">
         <v>294736.0</v>
       </c>
-      <c r="AX23" t="n" s="29">
+      <c r="AY23" t="n" s="29">
         <v>300613.0</v>
       </c>
-      <c r="AY23" t="n" s="29">
+      <c r="AZ23" t="n" s="29">
         <v>303704.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BA23" t="n" s="29">
         <v>300854.0</v>
       </c>
-      <c r="BA23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>324990.0</v>
       </c>
-      <c r="BB23" t="n" s="29">
+      <c r="BC23" t="n" s="29">
         <v>333016.0</v>
       </c>
-      <c r="BC23" t="n" s="29">
+      <c r="BD23" t="n" s="29">
         <v>273054.0</v>
       </c>
-      <c r="BD23" t="n" s="29">
+      <c r="BE23" t="n" s="29">
         <v>286547.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BF23" t="n" s="29">
         <v>259395.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>224849.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>268395.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>267477.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>268542.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>303779.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>312753.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>322634.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>301841.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>331375.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>280039.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>288560.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>368195.0</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>379084.0</v>
       </c>
-      <c r="BS23" t="n" s="29">
+      <c r="BT23" t="n" s="29">
         <v>319065.0</v>
       </c>
-      <c r="BT23" t="n" s="29">
+      <c r="BU23" t="n" s="29">
         <v>330867.0</v>
       </c>
-      <c r="BU23" t="n" s="29">
+      <c r="BV23" t="n" s="29">
         <v>335100.0</v>
       </c>
-      <c r="BV23" t="n" s="29">
+      <c r="BW23" t="n" s="29">
         <v>345581.0</v>
       </c>
-      <c r="BW23" t="n" s="29">
+      <c r="BX23" t="n" s="29">
         <v>286831.0</v>
       </c>
-      <c r="BX23" t="n" s="29">
+      <c r="BY23" t="n" s="29">
         <v>223850.0</v>
       </c>
-      <c r="BY23" t="n" s="29">
+      <c r="BZ23" t="n" s="29">
         <v>241924.0</v>
       </c>
-      <c r="BZ23" t="n" s="29">
+      <c r="CA23" t="n" s="29">
         <v>242058.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>250719.0</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>229012.0</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>234769.0</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>280132.0</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>205642.0</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>282130.0</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>262891.0</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>347184.0</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>301899.0</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>324405.0</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>297332.0</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>306924.0</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>296551.0</v>
       </c>
-      <c r="N24" t="s" s="30">
-[...1 lines deleted...]
-      </c>
       <c r="O24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AG24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AH24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ24" t="s" s="30">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK24" t="s" s="30">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="AL24" t="n" s="30">
+        <v>81</v>
+      </c>
+      <c r="AL24" t="s" s="30">
+        <v>81</v>
+      </c>
+      <c r="AM24" t="n" s="30">
         <v>327329.0</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>305175.0</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>352183.0</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>287298.0</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>259481.0</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>317859.0</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>329836.0</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>367616.0</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>314605.0</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>320634.0</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>307223.0</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>312620.0</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>261224.0</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>251038.0</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>234907.0</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>182238.0</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>199546.0</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>253926.0</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>255390.0</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>246860.0</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>283875.0</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>229178.0</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>246817.0</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>238764.0</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>266210.0</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>190442.0</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>238323.0</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>276252.0</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>262550.0</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>271153.0</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>281436.0</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>186253.0</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>187398.0</v>
       </c>
-      <c r="BS24" t="n" s="30">
+      <c r="BT24" t="n" s="30">
         <v>204842.0</v>
       </c>
-      <c r="BT24" t="n" s="30">
+      <c r="BU24" t="n" s="30">
         <v>223018.0</v>
       </c>
-      <c r="BU24" t="n" s="30">
+      <c r="BV24" t="n" s="30">
         <v>191273.0</v>
       </c>
-      <c r="BV24" t="n" s="30">
+      <c r="BW24" t="n" s="30">
         <v>206779.0</v>
       </c>
-      <c r="BW24" t="n" s="30">
+      <c r="BX24" t="n" s="30">
         <v>224120.0</v>
       </c>
-      <c r="BX24" t="n" s="30">
+      <c r="BY24" t="n" s="30">
         <v>314578.0</v>
       </c>
-      <c r="BY24" t="n" s="30">
+      <c r="BZ24" t="n" s="30">
         <v>208130.0</v>
       </c>
-      <c r="BZ24" t="n" s="30">
+      <c r="CA24" t="n" s="30">
         <v>216301.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>1526164.0</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>1444873.0</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>1530505.0</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>1530073.0</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>1428887.0</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>1453416.0</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>1457471.0</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>1463831.0</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>1452921.0</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>1439396.0</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>1446867.0</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>1456417.0</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>1445780.0</v>
       </c>
-      <c r="N25" t="s" s="31">
-[...1 lines deleted...]
-      </c>
       <c r="O25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AD25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AG25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AH25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AJ25" t="s" s="31">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AK25" t="s" s="31">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="AL25" t="n" s="31">
+        <v>81</v>
+      </c>
+      <c r="AL25" t="s" s="31">
+        <v>81</v>
+      </c>
+      <c r="AM25" t="n" s="31">
         <v>1164545.0</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>1171981.0</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>1207024.0</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>1184315.0</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>1180462.0</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>1168990.0</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>1190776.0</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>1133550.0</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>1069481.0</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>1096609.0</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>1091248.0</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>1096567.0</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>1038063.0</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>1076712.0</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>1057844.0</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>1024841.0</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>1034253.0</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>1086732.0</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>1098028.0</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>1087555.0</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>1054198.0</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>1100403.0</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>1109006.0</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>1090563.0</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>1143724.0</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>1123705.0</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>1166377.0</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>1174112.0</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>1163468.0</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>1212504.0</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>1166543.0</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>1122419.0</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>1114479.0</v>
       </c>
-      <c r="BS25" t="n" s="31">
+      <c r="BT25" t="n" s="31">
         <v>1136089.0</v>
       </c>
-      <c r="BT25" t="n" s="31">
+      <c r="BU25" t="n" s="31">
         <v>1135578.0</v>
       </c>
-      <c r="BU25" t="n" s="31">
+      <c r="BV25" t="n" s="31">
         <v>1102759.0</v>
       </c>
-      <c r="BV25" t="n" s="31">
+      <c r="BW25" t="n" s="31">
         <v>1109846.0</v>
       </c>
-      <c r="BW25" t="n" s="31">
+      <c r="BX25" t="n" s="31">
         <v>1122371.0</v>
       </c>
-      <c r="BX25" t="n" s="31">
+      <c r="BY25" t="n" s="31">
         <v>1131595.0</v>
       </c>
-      <c r="BY25" t="n" s="31">
+      <c r="BZ25" t="n" s="31">
         <v>1121167.0</v>
       </c>
-      <c r="BZ25" t="n" s="31">
+      <c r="CA25" t="n" s="31">
         <v>1106743.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B28" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B31" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B32" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B33" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B35" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B39" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BZ28"/>
-[...14 lines deleted...]
-    <mergeCell ref="A43:BZ43"/>
+    <mergeCell ref="B28:CA28"/>
+    <mergeCell ref="B29:CA29"/>
+    <mergeCell ref="B30:CA30"/>
+    <mergeCell ref="B31:CA31"/>
+    <mergeCell ref="B32:CA32"/>
+    <mergeCell ref="B33:CA33"/>
+    <mergeCell ref="B34:CA34"/>
+    <mergeCell ref="B35:CA35"/>
+    <mergeCell ref="B36:CA36"/>
+    <mergeCell ref="B37:CA37"/>
+    <mergeCell ref="B38:CA38"/>
+    <mergeCell ref="B39:CA39"/>
+    <mergeCell ref="B40:CA40"/>
+    <mergeCell ref="A1:CA1"/>
+    <mergeCell ref="A2:CA2"/>
+    <mergeCell ref="A43:CA43"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>