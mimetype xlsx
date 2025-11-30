--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -68,77 +68,78 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V7"/>
+  <dimension ref="A1:W7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="43.34765625" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="7" max="7" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="9" max="9" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="10" max="10" width="13.94921875" customWidth="true" bestFit="true"/>
     <col min="11" max="11" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="12" max="12" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="13" max="13" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="14" max="14" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="15" max="15" width="13.2890625" customWidth="true" bestFit="true"/>
     <col min="16" max="16" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="17" max="17" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="18" max="18" width="15.1171875" customWidth="true" bestFit="true"/>
     <col min="19" max="19" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="20" max="20" width="14.45703125" customWidth="true" bestFit="true"/>
     <col min="21" max="21" width="14.45703125" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="14.45703125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="n">
         <v>2005.0</v>
       </c>
       <c r="C4" t="n">
         <v>2006.0</v>
       </c>
       <c r="D4" t="n">
         <v>2007.0</v>
       </c>
       <c r="E4" t="n">
         <v>2008.0</v>
       </c>
@@ -168,50 +169,53 @@
       </c>
       <c r="N4" t="n">
         <v>2017.0</v>
       </c>
       <c r="O4" t="n">
         <v>2018.0</v>
       </c>
       <c r="P4" t="n">
         <v>2019.0</v>
       </c>
       <c r="Q4" t="n">
         <v>2020.0</v>
       </c>
       <c r="R4" t="n">
         <v>2021.0</v>
       </c>
       <c r="S4" t="n">
         <v>2022.0</v>
       </c>
       <c r="T4" t="n">
         <v>2023.0</v>
       </c>
       <c r="U4" t="n">
         <v>2024.0</v>
       </c>
+      <c r="V4" t="n">
+        <v>2025.0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="n">
         <v>0.20290138533916546</v>
       </c>
       <c r="C5" t="n">
         <v>0.18757418299337777</v>
       </c>
       <c r="D5" t="n">
         <v>0.3290668415385257</v>
       </c>
       <c r="E5" t="n">
         <v>0.46048156860321365</v>
       </c>
       <c r="F5" t="n">
         <v>0.4150634570197616</v>
       </c>
       <c r="G5" t="n">
         <v>0.7463018049446485</v>
       </c>
       <c r="H5" t="n">
         <v>1.126184794073688</v>
@@ -233,50 +237,53 @@
       </c>
       <c r="N5" t="n">
         <v>-1.0837281798007736</v>
       </c>
       <c r="O5" t="n">
         <v>1.6176547782216908</v>
       </c>
       <c r="P5" t="n">
         <v>-20.07361330015761</v>
       </c>
       <c r="Q5" t="n">
         <v>0.997627086323001</v>
       </c>
       <c r="R5" t="n">
         <v>1.0248636762233476</v>
       </c>
       <c r="S5" t="n">
         <v>2.3949761290626292</v>
       </c>
       <c r="T5" t="n">
         <v>1.8936861872617845</v>
       </c>
       <c r="U5" t="n">
         <v>1.4572175968237833</v>
       </c>
+      <c r="V5" t="n">
+        <v>1.1238581613762733</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="n">
         <v>-0.04908257236517973</v>
       </c>
       <c r="C6" t="n">
         <v>0.0010523703972130424</v>
       </c>
       <c r="D6" t="n">
         <v>0.0076756451221019935</v>
       </c>
       <c r="E6" t="n">
         <v>0.011040419596655904</v>
       </c>
       <c r="F6" t="n">
         <v>-0.11571141433810594</v>
       </c>
       <c r="G6" t="n">
         <v>-0.27113659345261126</v>
       </c>
       <c r="H6" t="n">
         <v>-0.46003791503936076</v>
@@ -298,50 +305,53 @@
       </c>
       <c r="N6" t="n">
         <v>0.112211773856441</v>
       </c>
       <c r="O6" t="n">
         <v>123.66813449593188</v>
       </c>
       <c r="P6" t="n">
         <v>2.2490099287148673</v>
       </c>
       <c r="Q6" t="n">
         <v>-0.05396340954367822</v>
       </c>
       <c r="R6" t="n">
         <v>-0.044394796793536286</v>
       </c>
       <c r="S6" t="n">
         <v>0.20422648156831866</v>
       </c>
       <c r="T6" t="n">
         <v>0.044967543295668794</v>
       </c>
       <c r="U6" t="n">
         <v>0.25991542092391984</v>
       </c>
+      <c r="V6" t="n">
+        <v>0.14491333213573843</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="n">
         <v>-0.04080348810251025</v>
       </c>
       <c r="C7" t="n">
         <v>8.861512925116448E-4</v>
       </c>
       <c r="D7" t="n">
         <v>0.005775213768192937</v>
       </c>
       <c r="E7" t="n">
         <v>0.0075594378142100245</v>
       </c>
       <c r="F7" t="n">
         <v>-0.08177118401587698</v>
       </c>
       <c r="G7" t="n">
         <v>-0.15526330711271602</v>
       </c>
       <c r="H7" t="n">
         <v>-0.2163677947098596</v>
@@ -363,47 +373,50 @@
       </c>
       <c r="N7" t="n">
         <v>-1.3401912489133585</v>
       </c>
       <c r="O7" t="n">
         <v>47.24386711526036</v>
       </c>
       <c r="P7" t="n">
         <v>-0.11791210681073644</v>
       </c>
       <c r="Q7" t="n">
         <v>-0.02701375542669867</v>
       </c>
       <c r="R7" t="n">
         <v>-0.02192483242938051</v>
       </c>
       <c r="S7" t="n">
         <v>0.06015549853798432</v>
       </c>
       <c r="T7" t="n">
         <v>0.01553988248401612</v>
       </c>
       <c r="U7" t="n">
         <v>0.10577631434020672</v>
       </c>
+      <c r="V7" t="n">
+        <v>0.06823117229346129</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:U1"/>
-    <mergeCell ref="A2:U2"/>
+    <mergeCell ref="A1:V1"/>
+    <mergeCell ref="A2:V2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>