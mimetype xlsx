--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -6,215 +6,224 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="59">
   <si>
     <t>Key annual data - Delta Group Plc.</t>
   </si>
   <si>
+    <t>audited, consolidated, IFRS; Business Year: 2024. július 1 - 2025. június 30</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>2005 (1)</t>
+  </si>
+  <si>
+    <t>2006 (1)</t>
+  </si>
+  <si>
+    <t>2007 (1)</t>
+  </si>
+  <si>
+    <t>2008 (1)</t>
+  </si>
+  <si>
+    <t>2009 (2)</t>
+  </si>
+  <si>
+    <t>2010 (2)</t>
+  </si>
+  <si>
+    <t>2011 (2)</t>
+  </si>
+  <si>
+    <t>2012 (2)</t>
+  </si>
+  <si>
+    <t>2013 (2)</t>
+  </si>
+  <si>
+    <t>2014 (3)</t>
+  </si>
+  <si>
+    <t>2015 (3)</t>
+  </si>
+  <si>
+    <t>2016 (3)</t>
+  </si>
+  <si>
+    <t>2017 (4)</t>
+  </si>
+  <si>
+    <t>2018 (4)</t>
+  </si>
+  <si>
+    <t>2019 (5)</t>
+  </si>
+  <si>
+    <t>2020 (6)</t>
+  </si>
+  <si>
+    <t>2021 (7)</t>
+  </si>
+  <si>
+    <t>2022 (8)</t>
+  </si>
+  <si>
+    <t>2023 (9)</t>
+  </si>
+  <si>
+    <t>2024 (10)</t>
+  </si>
+  <si>
+    <t>2025 (11)</t>
+  </si>
+  <si>
+    <t>(thousand HUF)</t>
+  </si>
+  <si>
+    <t>Total revenues</t>
+  </si>
+  <si>
+    <t>Operating Profit (EBIT)</t>
+  </si>
+  <si>
+    <t>Net income from financial activities</t>
+  </si>
+  <si>
+    <t>Profit before tax</t>
+  </si>
+  <si>
+    <t>Profit after tax</t>
+  </si>
+  <si>
+    <t>Earnings per Share (EPS)</t>
+  </si>
+  <si>
+    <t>Dividend per (ordinary) share</t>
+  </si>
+  <si>
+    <t>Fixed Assets</t>
+  </si>
+  <si>
+    <t>Share capital</t>
+  </si>
+  <si>
+    <t>Shareholders equity</t>
+  </si>
+  <si>
+    <t>Total assets</t>
+  </si>
+  <si>
+    <t>Number of employees (at business year end)</t>
+  </si>
+  <si>
+    <t>(1)</t>
+  </si>
+  <si>
+    <t>Audited, consolidated, in compliance with IFRS</t>
+  </si>
+  <si>
+    <t>(2)</t>
+  </si>
+  <si>
+    <t>Audited, consolidated, in compliance with IFRS (Business Year: January 1 - December 31)</t>
+  </si>
+  <si>
+    <t>(3)</t>
+  </si>
+  <si>
+    <t>Audited, non-consolidated, in compliance with HAS (Business Year: January 1 - December 31)</t>
+  </si>
+  <si>
+    <t>(4)</t>
+  </si>
+  <si>
+    <t>IFRS (Üzleti év: január 1. - december 31.)</t>
+  </si>
+  <si>
+    <t>(5)</t>
+  </si>
+  <si>
+    <t>IFRS (Üzleti év: január 1 - december 31)</t>
+  </si>
+  <si>
+    <t>(6)</t>
+  </si>
+  <si>
+    <t>IFRS (Üzleti év: január 1 - június 30)</t>
+  </si>
+  <si>
+    <t>(7)</t>
+  </si>
+  <si>
+    <t>IFRS (Üzleti év: 2020. július 1 - 2021. június 30)</t>
+  </si>
+  <si>
+    <t>(8)</t>
+  </si>
+  <si>
+    <t>IFRS (Üzleti év: 2021. július 1 - 2022. június 30)</t>
+  </si>
+  <si>
+    <t>(9)</t>
+  </si>
+  <si>
+    <t>IFRS; Üzleti év: 2022. július 1 - 2023. június 30</t>
+  </si>
+  <si>
+    <t>(10)</t>
+  </si>
+  <si>
     <t>audited, consolidated, IFRS; Business Year: 2023. július 1 - 2024. június 30</t>
   </si>
   <si>
-    <t/>
-[...155 lines deleted...]
-    <t>(10)</t>
+    <t>(11)</t>
   </si>
   <si>
     <t>The information provided herein is for information purposes only and contains data submitted or uploaded by issuers. Data presented herein may be modified based on base period data in subsequent financial reports. The Budapest Stock Exchange Ltd. makes no representation or warranty as to the accuracy, completeness or authenticity of the data. For detailed terms of use, principles of data protection and liability provisions please refer to the relevant legal disclaimer. For further information please consult the relevant financial statements disclosed by the issuer.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -284,77 +293,78 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V32"/>
+  <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="42.48046875" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="7" max="7" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="9" max="9" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="10" max="10" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="11" max="11" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="12" max="12" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="13" max="13" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="14" max="14" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="15" max="15" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="16" max="16" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="17" max="17" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="18" max="18" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="19" max="19" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="20" max="20" width="15.3984375" customWidth="true" bestFit="true"/>
     <col min="21" max="21" width="15.3984375" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="15.3984375" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -387,119 +397,125 @@
       </c>
       <c r="N4" t="s" s="1">
         <v>15</v>
       </c>
       <c r="O4" t="s" s="1">
         <v>16</v>
       </c>
       <c r="P4" t="s" s="1">
         <v>17</v>
       </c>
       <c r="Q4" t="s" s="1">
         <v>18</v>
       </c>
       <c r="R4" t="s" s="1">
         <v>19</v>
       </c>
       <c r="S4" t="s" s="1">
         <v>20</v>
       </c>
       <c r="T4" t="s" s="1">
         <v>21</v>
       </c>
       <c r="U4" t="s" s="1">
         <v>22</v>
       </c>
+      <c r="V4" t="s" s="1">
+        <v>23</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>23</v>
+        <v>24</v>
+      </c>
+      <c r="V5" t="s" s="2">
+        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" t="n" s="3">
         <v>926191.0</v>
       </c>
       <c r="C6" t="n" s="3">
         <v>1689444.0</v>
       </c>
       <c r="D6" t="n" s="3">
         <v>4374224.0</v>
       </c>
       <c r="E6" t="n" s="3">
         <v>6458891.0</v>
       </c>
       <c r="F6" t="n" s="3">
         <v>2125459.0</v>
       </c>
       <c r="G6" t="n" s="3">
         <v>8346948.0</v>
       </c>
       <c r="H6" t="n" s="3">
         <v>6289332.0</v>
       </c>
       <c r="I6" t="n" s="3">
         <v>938306.0</v>
       </c>
@@ -517,54 +533,57 @@
       </c>
       <c r="N6" t="n" s="3">
         <v>0.0</v>
       </c>
       <c r="O6" t="n" s="3">
         <v>0.0</v>
       </c>
       <c r="P6" t="n" s="3">
         <v>0.0</v>
       </c>
       <c r="Q6" t="n" s="3">
         <v>2572274.0</v>
       </c>
       <c r="R6" t="n" s="3">
         <v>1.3286289E7</v>
       </c>
       <c r="S6" t="n" s="3">
         <v>2.6656473E7</v>
       </c>
       <c r="T6" t="n" s="3">
         <v>1.886698E7</v>
       </c>
       <c r="U6" t="n" s="3">
         <v>3.1335357E7</v>
       </c>
+      <c r="V6" t="n" s="3">
+        <v>2.3893032E7</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" t="n" s="7">
         <v>-205895.0</v>
       </c>
       <c r="C7" t="n" s="7">
         <v>-218772.0</v>
       </c>
       <c r="D7" t="n" s="7">
         <v>208209.0</v>
       </c>
       <c r="E7" t="n" s="7">
         <v>305200.0</v>
       </c>
       <c r="F7" t="n" s="7">
         <v>-797121.0</v>
       </c>
       <c r="G7" t="n" s="7">
         <v>-223353.0</v>
       </c>
       <c r="H7" t="n" s="7">
         <v>-602926.0</v>
       </c>
       <c r="I7" t="n" s="7">
         <v>-412563.0</v>
       </c>
@@ -582,54 +601,57 @@
       </c>
       <c r="N7" t="n" s="7">
         <v>-27885.0</v>
       </c>
       <c r="O7" t="n" s="7">
         <v>4651620.0</v>
       </c>
       <c r="P7" t="n" s="7">
         <v>-276908.0</v>
       </c>
       <c r="Q7" t="n" s="7">
         <v>-205862.0</v>
       </c>
       <c r="R7" t="n" s="7">
         <v>-129457.0</v>
       </c>
       <c r="S7" t="n" s="7">
         <v>1393117.0</v>
       </c>
       <c r="T7" t="n" s="7">
         <v>675554.0</v>
       </c>
       <c r="U7" t="n" s="7">
         <v>2635226.0</v>
       </c>
+      <c r="V7" t="n" s="7">
+        <v>1055884.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B8" t="n" s="8">
         <v>-7181.0</v>
       </c>
       <c r="C8" t="n" s="8">
         <v>170082.0</v>
       </c>
       <c r="D8" t="n" s="8">
         <v>83185.0</v>
       </c>
       <c r="E8" t="n" s="8">
         <v>-35300.0</v>
       </c>
       <c r="F8" t="n" s="8">
         <v>-200897.0</v>
       </c>
       <c r="G8" t="n" s="8">
         <v>-1225373.0</v>
       </c>
       <c r="H8" t="n" s="8">
         <v>-1084377.0</v>
       </c>
       <c r="I8" t="n" s="8">
         <v>-3180043.0</v>
       </c>
@@ -647,54 +669,57 @@
       </c>
       <c r="N8" t="n" s="8">
         <v>-376130.0</v>
       </c>
       <c r="O8" t="n" s="8">
         <v>-88600.0</v>
       </c>
       <c r="P8" t="n" s="8">
         <v>-4196.0</v>
       </c>
       <c r="Q8" t="n" s="8">
         <v>-38499.0</v>
       </c>
       <c r="R8" t="n" s="8">
         <v>-13022.0</v>
       </c>
       <c r="S8" t="n" s="8">
         <v>-107650.0</v>
       </c>
       <c r="T8" t="n" s="8">
         <v>-229417.0</v>
       </c>
       <c r="U8" t="n" s="8">
         <v>-429307.0</v>
       </c>
+      <c r="V8" t="n" s="8">
+        <v>232054.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B9" t="n" s="9">
         <v>-194250.0</v>
       </c>
       <c r="C9" t="n" s="9">
         <v>-6131.0</v>
       </c>
       <c r="D9" t="n" s="9">
         <v>60206.0</v>
       </c>
       <c r="E9" t="n" s="9">
         <v>68628.0</v>
       </c>
       <c r="F9" t="n" s="9">
         <v>-986952.0</v>
       </c>
       <c r="G9" t="n" s="9">
         <v>-1753659.0</v>
       </c>
       <c r="H9" t="n" s="9">
         <v>-2431881.0</v>
       </c>
       <c r="I9" t="n" s="9">
         <v>-5819345.0</v>
       </c>
@@ -712,54 +737,57 @@
       </c>
       <c r="N9" t="n" s="9">
         <v>-404015.0</v>
       </c>
       <c r="O9" t="n" s="9">
         <v>4563020.0</v>
       </c>
       <c r="P9" t="n" s="9">
         <v>-281104.0</v>
       </c>
       <c r="Q9" t="n" s="9">
         <v>-244361.0</v>
       </c>
       <c r="R9" t="n" s="9">
         <v>-142479.0</v>
       </c>
       <c r="S9" t="n" s="9">
         <v>1285467.0</v>
       </c>
       <c r="T9" t="n" s="9">
         <v>446137.0</v>
       </c>
       <c r="U9" t="n" s="9">
         <v>2205919.0</v>
       </c>
+      <c r="V9" t="n" s="9">
+        <v>1287938.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" t="n" s="10">
         <v>-145550.0</v>
       </c>
       <c r="C10" t="n" s="10">
         <v>3058.0</v>
       </c>
       <c r="D10" t="n" s="10">
         <v>41037.0</v>
       </c>
       <c r="E10" t="n" s="10">
         <v>80742.0</v>
       </c>
       <c r="F10" t="n" s="10">
         <v>-671599.0</v>
       </c>
       <c r="G10" t="n" s="10">
         <v>-1601843.0</v>
       </c>
       <c r="H10" t="n" s="10">
         <v>-2259237.0</v>
       </c>
       <c r="I10" t="n" s="10">
         <v>-5391467.0</v>
       </c>
@@ -777,54 +805,57 @@
       </c>
       <c r="N10" t="n" s="10">
         <v>-476375.0</v>
       </c>
       <c r="O10" t="n" s="10">
         <v>4240704.0</v>
       </c>
       <c r="P10" t="n" s="10">
         <v>-281106.0</v>
       </c>
       <c r="Q10" t="n" s="10">
         <v>-245630.0</v>
       </c>
       <c r="R10" t="n" s="10">
         <v>-175521.0</v>
       </c>
       <c r="S10" t="n" s="10">
         <v>1002142.0</v>
       </c>
       <c r="T10" t="n" s="10">
         <v>227867.0</v>
       </c>
       <c r="U10" t="n" s="10">
         <v>1824652.0</v>
       </c>
+      <c r="V10" t="n" s="10">
+        <v>1077739.0</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" t="n" s="11">
         <v>-5.11</v>
       </c>
       <c r="C11" t="n" s="11">
         <v>0.11</v>
       </c>
       <c r="D11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="E11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="F11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="G11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="H11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="I11" t="s" s="11">
         <v>2</v>
       </c>
@@ -842,54 +873,57 @@
       </c>
       <c r="N11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="O11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="P11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="Q11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="R11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="S11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="T11" t="s" s="11">
         <v>2</v>
       </c>
       <c r="U11" t="s" s="11">
         <v>2</v>
       </c>
+      <c r="V11" t="s" s="11">
+        <v>2</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="C12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="D12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="E12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="F12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="G12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="H12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="I12" t="n" s="12">
         <v>0.0</v>
       </c>
@@ -905,56 +939,59 @@
       <c r="M12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="N12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="O12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="P12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="Q12" t="s" s="12">
         <v>2</v>
       </c>
       <c r="R12" t="s" s="12">
         <v>2</v>
       </c>
       <c r="S12" t="s" s="12">
         <v>2</v>
       </c>
       <c r="T12" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="U12" t="s" s="12">
+        <v>2</v>
+      </c>
+      <c r="V12" t="s" s="12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" t="n" s="13">
         <v>1648939.0</v>
       </c>
       <c r="C13" t="n" s="13">
         <v>2012336.0</v>
       </c>
       <c r="D13" t="n" s="13">
         <v>4780987.0</v>
       </c>
       <c r="E13" t="n" s="13">
         <v>7469637.0</v>
       </c>
       <c r="F13" t="n" s="13">
         <v>5391341.0</v>
       </c>
       <c r="G13" t="n" s="13">
         <v>6468429.0</v>
       </c>
       <c r="H13" t="n" s="13">
         <v>6363941.0</v>
       </c>
       <c r="I13" t="n" s="13">
         <v>1388846.0</v>
       </c>
@@ -972,54 +1009,57 @@
       </c>
       <c r="N13" t="n" s="13">
         <v>322316.0</v>
       </c>
       <c r="O13" t="n" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" t="n" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" t="n" s="13">
         <v>6534303.0</v>
       </c>
       <c r="R13" t="n" s="13">
         <v>5841568.0</v>
       </c>
       <c r="S13" t="n" s="13">
         <v>7548255.0</v>
       </c>
       <c r="T13" t="n" s="13">
         <v>9706687.0</v>
       </c>
       <c r="U13" t="n" s="13">
         <v>9966182.0</v>
       </c>
+      <c r="V13" t="n" s="13">
+        <v>9833625.0</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="n" s="18">
         <v>2850000.0</v>
       </c>
       <c r="C14" t="n" s="18">
         <v>2850000.0</v>
       </c>
       <c r="D14" t="n" s="18">
         <v>4271000.0</v>
       </c>
       <c r="E14" t="n" s="18">
         <v>4950000.0</v>
       </c>
       <c r="F14" t="n" s="18">
         <v>4950000.0</v>
       </c>
       <c r="G14" t="n" s="18">
         <v>5851000.0</v>
       </c>
       <c r="H14" t="n" s="18">
         <v>1370200.0</v>
       </c>
       <c r="I14" t="n" s="18">
         <v>3959267.0</v>
       </c>
@@ -1037,54 +1077,57 @@
       </c>
       <c r="N14" t="n" s="18">
         <v>40508.0</v>
       </c>
       <c r="O14" t="n" s="18">
         <v>79416.0</v>
       </c>
       <c r="P14" t="n" s="18">
         <v>201240.0</v>
       </c>
       <c r="Q14" t="n" s="18">
         <v>298740.0</v>
       </c>
       <c r="R14" t="n" s="18">
         <v>298740.0</v>
       </c>
       <c r="S14" t="n" s="18">
         <v>298740.0</v>
       </c>
       <c r="T14" t="n" s="18">
         <v>298740.0</v>
       </c>
       <c r="U14" t="n" s="18">
         <v>322740.0</v>
       </c>
+      <c r="V14" t="n" s="18">
+        <v>321153.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="n" s="19">
         <v>2965411.0</v>
       </c>
       <c r="C15" t="n" s="19">
         <v>2905821.0</v>
       </c>
       <c r="D15" t="n" s="19">
         <v>5346391.0</v>
       </c>
       <c r="E15" t="n" s="19">
         <v>7313309.0</v>
       </c>
       <c r="F15" t="n" s="19">
         <v>5804086.0</v>
       </c>
       <c r="G15" t="n" s="19">
         <v>5907882.0</v>
       </c>
       <c r="H15" t="n" s="19">
         <v>4910980.0</v>
       </c>
       <c r="I15" t="n" s="19">
         <v>2105357.0</v>
       </c>
@@ -1102,54 +1145,57 @@
       </c>
       <c r="N15" t="n" s="19">
         <v>-4245321.0</v>
       </c>
       <c r="O15" t="n" s="19">
         <v>34291.0</v>
       </c>
       <c r="P15" t="n" s="19">
         <v>-124991.0</v>
       </c>
       <c r="Q15" t="n" s="19">
         <v>4551788.0</v>
       </c>
       <c r="R15" t="n" s="19">
         <v>3953639.0</v>
       </c>
       <c r="S15" t="n" s="19">
         <v>4907013.0</v>
       </c>
       <c r="T15" t="n" s="19">
         <v>5067366.0</v>
       </c>
       <c r="U15" t="n" s="19">
         <v>7020176.0</v>
       </c>
+      <c r="V15" t="n" s="19">
+        <v>7437128.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="n" s="20">
         <v>3567097.0</v>
       </c>
       <c r="C16" t="n" s="20">
         <v>3450878.0</v>
       </c>
       <c r="D16" t="n" s="20">
         <v>7105711.0</v>
       </c>
       <c r="E16" t="n" s="20">
         <v>1.0680953E7</v>
       </c>
       <c r="F16" t="n" s="20">
         <v>8213150.0</v>
       </c>
       <c r="G16" t="n" s="20">
         <v>1.0316945E7</v>
       </c>
       <c r="H16" t="n" s="20">
         <v>1.0441651E7</v>
       </c>
       <c r="I16" t="n" s="20">
         <v>3617833.0</v>
       </c>
@@ -1167,54 +1213,57 @@
       </c>
       <c r="N16" t="n" s="20">
         <v>355453.0</v>
       </c>
       <c r="O16" t="n" s="20">
         <v>89762.0</v>
       </c>
       <c r="P16" t="n" s="20">
         <v>2384030.0</v>
       </c>
       <c r="Q16" t="n" s="20">
         <v>9092775.0</v>
       </c>
       <c r="R16" t="n" s="20">
         <v>8005580.0</v>
       </c>
       <c r="S16" t="n" s="20">
         <v>1.6659192E7</v>
       </c>
       <c r="T16" t="n" s="20">
         <v>1.4663367E7</v>
       </c>
       <c r="U16" t="n" s="20">
         <v>1.72501E7</v>
       </c>
+      <c r="V16" t="n" s="20">
+        <v>1.5795405E7</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="n" s="21">
         <v>41.0</v>
       </c>
       <c r="C17" t="n" s="21">
         <v>47.0</v>
       </c>
       <c r="D17" t="n" s="21">
         <v>135.0</v>
       </c>
       <c r="E17" t="n" s="21">
         <v>164.0</v>
       </c>
       <c r="F17" t="n" s="21">
         <v>121.0</v>
       </c>
       <c r="G17" t="n" s="21">
         <v>130.0</v>
       </c>
       <c r="H17" t="n" s="21">
         <v>118.0</v>
       </c>
       <c r="I17" t="n" s="21">
         <v>76.0</v>
       </c>
@@ -1232,143 +1281,155 @@
       </c>
       <c r="N17" t="n" s="21">
         <v>1.0</v>
       </c>
       <c r="O17" t="n" s="21">
         <v>1.0</v>
       </c>
       <c r="P17" t="n" s="21">
         <v>1.0</v>
       </c>
       <c r="Q17" t="n" s="21">
         <v>1.0</v>
       </c>
       <c r="R17" t="n" s="21">
         <v>4.0</v>
       </c>
       <c r="S17" t="n" s="21">
         <v>124.0</v>
       </c>
       <c r="T17" t="n" s="21">
         <v>132.0</v>
       </c>
       <c r="U17" t="n" s="21">
         <v>198.0</v>
       </c>
+      <c r="V17" t="n" s="21">
+        <v>214.0</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B29" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>57</v>
+      </c>
+      <c r="B30" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="32">
-[...1 lines deleted...]
-        <v>55</v>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B20:U20"/>
-[...11 lines deleted...]
-    <mergeCell ref="A32:U32"/>
+    <mergeCell ref="B20:V20"/>
+    <mergeCell ref="B21:V21"/>
+    <mergeCell ref="B22:V22"/>
+    <mergeCell ref="B23:V23"/>
+    <mergeCell ref="B24:V24"/>
+    <mergeCell ref="B25:V25"/>
+    <mergeCell ref="B26:V26"/>
+    <mergeCell ref="B27:V27"/>
+    <mergeCell ref="B28:V28"/>
+    <mergeCell ref="B29:V29"/>
+    <mergeCell ref="B30:V30"/>
+    <mergeCell ref="A1:V1"/>
+    <mergeCell ref="A2:V2"/>
+    <mergeCell ref="A33:V33"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>