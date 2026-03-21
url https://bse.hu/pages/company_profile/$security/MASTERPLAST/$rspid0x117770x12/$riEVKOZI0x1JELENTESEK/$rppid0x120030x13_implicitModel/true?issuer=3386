--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="133">
   <si>
     <t>Mid-year reports - MASTERPLAST Nyrt.</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - December 31)</t>
   </si>
   <si>
     <t>Key P&amp;L Figures</t>
   </si>
   <si>
+    <t>Jan 2025 - Dec 2025 (1)</t>
+  </si>
+  <si>
     <t>Jul 2025 - Sep 2025 (1)</t>
   </si>
   <si>
     <t>Jan 2025 - Jun 2025 (1)</t>
   </si>
   <si>
     <t>Jan 2025 - Mar 2025 (2)</t>
   </si>
   <si>
     <t>Jan 2024 - Dec 2024 (1)</t>
   </si>
   <si>
     <t>Jul 2024 - Sep 2024 (1)</t>
   </si>
   <si>
     <t>Jan 2024 - Jun 2024 (1)</t>
   </si>
   <si>
     <t>Jan 2024 - Mar 2024 (2)</t>
   </si>
   <si>
     <t>Jan 2023 - Dec 2023 (1)</t>
   </si>
   <si>
     <t>Jul 2023 - Sep 2023 (1)</t>
@@ -180,50 +183,53 @@
     <t>Jan 2012 - Mar 2012 (5)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>(thousand EUR)</t>
   </si>
   <si>
     <t>Net sales</t>
   </si>
   <si>
     <t>Operating profit (EBIT)</t>
   </si>
   <si>
     <t>Net income from financial activities</t>
   </si>
   <si>
     <t>Profit before tax</t>
   </si>
   <si>
     <t>Profit after tax</t>
   </si>
   <si>
     <t>Key Balance Sheet Items</t>
+  </si>
+  <si>
+    <t>31 Dec 2025</t>
   </si>
   <si>
     <t>30 Sep 2025</t>
   </si>
   <si>
     <t>30 Jun 2025</t>
   </si>
   <si>
     <t>31 Mar 2025</t>
   </si>
   <si>
     <t>31 Dec 2024</t>
   </si>
   <si>
     <t>30 Sep 2024</t>
   </si>
   <si>
     <t>30 Jun 2024</t>
   </si>
   <si>
     <t>31 Mar 2024</t>
   </si>
   <si>
     <t>31 Dec 2023</t>
   </si>
@@ -539,104 +545,105 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW37"/>
+  <dimension ref="A1:AX37"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="37.2421875" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="22.21484375" customWidth="true" bestFit="true"/>
-[...26 lines deleted...]
-    <col min="29" max="29" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="23.26171875" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="22.21484375" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="22.91796875" customWidth="true" bestFit="true"/>
     <col min="30" max="30" width="22.23828125" customWidth="true" bestFit="true"/>
-    <col min="31" max="31" width="22.83203125" customWidth="true" bestFit="true"/>
-[...16 lines deleted...]
-    <col min="48" max="48" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="22.83203125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -750,3036 +757,3099 @@
       </c>
       <c r="AO4" t="s" s="1">
         <v>42</v>
       </c>
       <c r="AP4" t="s" s="1">
         <v>43</v>
       </c>
       <c r="AQ4" t="s" s="1">
         <v>44</v>
       </c>
       <c r="AR4" t="s" s="1">
         <v>45</v>
       </c>
       <c r="AS4" t="s" s="1">
         <v>46</v>
       </c>
       <c r="AT4" t="s" s="1">
         <v>47</v>
       </c>
       <c r="AU4" t="s" s="1">
         <v>48</v>
       </c>
       <c r="AV4" t="s" s="1">
         <v>49</v>
       </c>
+      <c r="AW4" t="s" s="1">
+        <v>50</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="AW5" t="s" s="2">
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>171161.0</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>110305.0</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>65827.0</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>33451.0</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>136151.0</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>102901.0</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>67180.0</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>32665.0</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>145191.0</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>113715.0</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>75414.0</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>37602.0</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>201799.0</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>164136.0</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>109107.0</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>51520.0</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>191502.0</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>146113.0</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>95418.0</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>38280.0</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>122673.0</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>52451.0</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>24952.0</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>107134.0</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>81983.0</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>50575.0</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>22068.0</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>97928.0</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>45632.0</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>41784.0</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>18029.0</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>80157.0</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>37874.0</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>15441.0</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>64594.0</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>37719.0</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>14935.0</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>61952.0</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>35907.0</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>14842.0</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>85234.0</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>64562.0</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>38651.0</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>13997.0</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>18841.0</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>66393.0</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>39002.0</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>14953.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>-5393.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>-161.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>-1652.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>-835.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>-5314.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>-2048.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>-1639.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>-838.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>-12528.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>-7596.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>-5531.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>-3417.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>14954.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>15312.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>10954.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>3907.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>18275.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>16024.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>10898.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>3510.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>7995.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>2633.0</v>
       </c>
-      <c r="W7" t="s" s="7">
-[...2 lines deleted...]
-      <c r="X7" t="n" s="7">
+      <c r="X7" t="s" s="7">
+        <v>51</v>
+      </c>
+      <c r="Y7" t="n" s="7">
         <v>5244.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>4272.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>2230.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>396.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>4101.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>1845.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>1448.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>220.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>3208.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>1750.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>385.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>3219.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>1407.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>416.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>3227.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>1026.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>-162.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>2684.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>2643.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>805.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>-1180.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>-342.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>808.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>939.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>-522.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>-6161.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>-3820.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>-2347.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>-1456.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>44.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>-613.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>75.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>825.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>-4486.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>-3025.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-4155.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-2727.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>2561.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>3734.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>1910.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>-187.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>44.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>-42.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-686.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-249.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-856.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>-323.0</v>
       </c>
-      <c r="W8" t="s" s="8">
-[...2 lines deleted...]
-      <c r="X8" t="n" s="8">
+      <c r="X8" t="s" s="8">
+        <v>51</v>
+      </c>
+      <c r="Y8" t="n" s="8">
         <v>84.0</v>
       </c>
-      <c r="Y8" t="s" s="8">
-[...2 lines deleted...]
-      <c r="Z8" t="n" s="8">
+      <c r="Z8" t="s" s="8">
+        <v>51</v>
+      </c>
+      <c r="AA8" t="n" s="8">
         <v>7.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-80.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>-714.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>-47.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-440.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-182.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>-543.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>-182.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>-311.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>457.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>460.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>989.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>-1101.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>-847.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>-629.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>-1480.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>-758.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>-306.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>-79.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>-377.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>-1294.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>-1174.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>-722.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>-14049.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>-5623.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>-4963.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>-2420.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>-5337.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>-2883.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>-1626.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>70.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>-16553.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>-10603.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>-9668.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>-6129.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>17890.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>19253.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>12985.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>3720.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>18573.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>16147.0</v>
       </c>
-      <c r="S9" t="n" s="9">
+      <c r="T9" t="n" s="9">
         <v>10357.0</v>
       </c>
-      <c r="T9" t="n" s="9">
+      <c r="U9" t="n" s="9">
         <v>3280.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>7149.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>2311.0</v>
       </c>
-      <c r="W9" t="s" s="9">
-[...2 lines deleted...]
-      <c r="X9" t="n" s="9">
+      <c r="X9" t="s" s="9">
+        <v>51</v>
+      </c>
+      <c r="Y9" t="n" s="9">
         <v>5313.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>4563.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>2238.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>311.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>3388.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>1815.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>1008.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>39.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>2671.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>1574.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>76.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>3683.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>1868.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>1047.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>2129.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>180.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>-794.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>1191.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>1885.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>498.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>-1259.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>-693.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>-510.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>-259.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>-1244.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>-14082.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>-5150.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>-4621.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>-2194.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>-4836.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>-2984.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>-1694.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>53.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>-15544.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>-9908.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>-9311.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>-5837.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>15646.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>17031.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>11477.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>3218.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>16095.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>14179.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>9147.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>2798.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>6237.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>2110.0</v>
       </c>
-      <c r="W10" t="s" s="10">
-[...2 lines deleted...]
-      <c r="X10" t="n" s="10">
+      <c r="X10" t="s" s="10">
+        <v>51</v>
+      </c>
+      <c r="Y10" t="n" s="10">
         <v>4819.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>4159.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>2061.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>238.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>3073.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>1706.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>874.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>27.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>2385.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>1462.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>14.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>3285.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>1788.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>896.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>1891.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>294.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>-685.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>1236.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>1762.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>707.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>-1100.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>-817.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>-406.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>-85.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>-1199.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
+      </c>
+      <c r="AW12" t="s" s="11">
+        <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="AW13" t="s" s="12">
+        <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>112418.0</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>127592.0</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>129078.0</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>131418.0</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>130970.0</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>135917.0</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>137404.0</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>136670.0</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>138425.0</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>132734.0</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>137184.0</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>127674.0</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>112766.0</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>99570.0</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>97883.0</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>90506.0</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>89856.0</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>85867.0</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>80436.0</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>69581.0</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>54133.0</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>36788.0</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>36874.0</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>38064.0</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>37425.0</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>37563.0</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>35892.0</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>35522.0</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>33166.0</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>28393.0</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>26146.0</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>24860.0</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>24025.0</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>22167.0</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>21608.0</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>20205.0</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>20816.0</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>21842.0</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>22444.0</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>22433.0</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>23947.0</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>23804.0</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>23365.0</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>22512.0</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>22644.0</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>21103.0</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>20644.0</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>20640.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>1386.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>1959.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>2082.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>2140.3</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>2249.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>2170.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>2323.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>2231.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>2271.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>626.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>754.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>720.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>197.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>799.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>141.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>148.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>152.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>154.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>168.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>4461.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>177.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>132.0</v>
       </c>
-      <c r="W15" t="s" s="14">
-[...2 lines deleted...]
-      <c r="X15" t="n" s="14">
+      <c r="X15" t="s" s="14">
+        <v>51</v>
+      </c>
+      <c r="Y15" t="n" s="14">
         <v>165.0</v>
       </c>
-      <c r="Y15" t="s" s="14">
-[...2 lines deleted...]
-      <c r="Z15" t="n" s="14">
+      <c r="Z15" t="s" s="14">
+        <v>51</v>
+      </c>
+      <c r="AA15" t="n" s="14">
         <v>65.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AB15" t="n" s="14">
         <v>73.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>17.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>2.0</v>
       </c>
-      <c r="AD15" t="n" s="14">
+      <c r="AE15" t="n" s="14">
         <v>54.0</v>
       </c>
-      <c r="AE15" t="n" s="14">
+      <c r="AF15" t="n" s="14">
         <v>64.0</v>
       </c>
-      <c r="AF15" t="n" s="14">
+      <c r="AG15" t="n" s="14">
         <v>70.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AH15" t="n" s="14">
         <v>62.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>65.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>73.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>62.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>74.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>53.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>62.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>86.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>108.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>106.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>510.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>109.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>121.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>141.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>152.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>137.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>99059.0</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>106994.0</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>108019.0</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>109569.0</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>110830.0</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>116036.0</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>117644.0</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>117949.0</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>119535.0</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>125067.0</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>126241.0</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>122818.0</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>109722.0</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>96292.0</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>95163.0</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>89125.0</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>88468.0</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>84519.0</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>79088.0</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>64062.0</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>52992.0</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>35994.0</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>36045.0</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>37261.0</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>36707.0</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>36852.0</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>35489.0</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>35142.0</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>32768.0</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>27919.0</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>25692.0</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>24384.0</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>23489.0</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>21641.0</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>20818.0</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>19415.0</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>20017.0</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>20882.0</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>21435.0</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>21427.0</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>23093.0</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>22898.0</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>21997.0</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>21603.0</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>21683.0</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>20075.0</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>19600.0</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>19718.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>11973.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
         <v>14769.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="D17" t="n" s="19">
         <v>18977.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>19708.0</v>
       </c>
-      <c r="E17" t="n" s="19">
+      <c r="F17" t="n" s="19">
         <v>17891.0</v>
       </c>
-      <c r="F17" t="n" s="19">
+      <c r="G17" t="n" s="19">
         <v>15478.0</v>
       </c>
-      <c r="G17" t="n" s="19">
+      <c r="H17" t="n" s="19">
         <v>17437.0</v>
       </c>
-      <c r="H17" t="n" s="19">
+      <c r="I17" t="n" s="19">
         <v>16490.0</v>
       </c>
-      <c r="I17" t="n" s="19">
+      <c r="J17" t="n" s="19">
         <v>16619.0</v>
       </c>
-      <c r="J17" t="n" s="19">
+      <c r="K17" t="n" s="19">
         <v>6645.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>10189.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>4136.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>2847.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>1873.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>2579.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>1233.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>1236.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>1194.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>1180.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>319.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>964.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>662.0</v>
       </c>
-      <c r="W17" t="s" s="19">
-[...2 lines deleted...]
-      <c r="X17" t="n" s="19">
+      <c r="X17" t="s" s="19">
+        <v>51</v>
+      </c>
+      <c r="Y17" t="n" s="19">
         <v>318.0</v>
       </c>
-      <c r="Y17" t="s" s="19">
-[...2 lines deleted...]
-      <c r="Z17" t="n" s="19">
+      <c r="Z17" t="s" s="19">
+        <v>51</v>
+      </c>
+      <c r="AA17" t="n" s="19">
         <v>345.0</v>
       </c>
-      <c r="AA17" t="n" s="19">
+      <c r="AB17" t="n" s="19">
         <v>29.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AC17" t="n" s="19">
         <v>35.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>50.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>35.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>36.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>35.0</v>
       </c>
       <c r="AG17" t="n" s="19">
         <v>35.0</v>
       </c>
       <c r="AH17" t="n" s="19">
+        <v>35.0</v>
+      </c>
+      <c r="AI17" t="n" s="19">
         <v>31.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>35.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>28.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>31.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>38.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>1.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>2.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>1.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>-4.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>32.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>31.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>294.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>299.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>331.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>785.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>84860.0</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>90541.0</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>74661.0</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>78294.0</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>64452.0</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>72084.0</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>72048.0</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>71796.0</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>69984.0</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>93175.0</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>88781.0</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>99786.0</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>118472.0</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>116741.0</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>125189.0</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>107137.0</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>89434.0</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>101667.0</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>78520.0</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>70538.0</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>77763.0</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>52122.0</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>49187.0</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>39726.0</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>48712.0</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>45310.0</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>45855.0</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>41093.0</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>45142.0</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>41639.0</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>42823.0</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>35128.0</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>40212.0</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>37507.0</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>42520.0</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>40213.0</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>37385.0</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>37273.0</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>32998.0</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>29371.0</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>28196.0</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>38731.0</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>41240.0</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>35261.0</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>29535.0</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>41521.0</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>37611.0</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>35033.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>39096.0</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>39098.0</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>36549.0</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>37177.0</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>43130.0</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>38994.0</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>35830.0</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>34055.0</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>33995.0</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>40059.0</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>46992.0</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>51802.0</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>60532.0</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>67548.0</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>70629.0</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>50736.0</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>47976.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>39157.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>31511.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>29648.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>25187.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>22544.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>20793.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>19952.0</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>21738.0</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>21444.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>23794.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>23260.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>23511.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>20031.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>21414.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>18741.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>17245.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>17347.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>19268.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>20829.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>20080.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>16637.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>15216.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>13819.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>12921.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>16903.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>17701.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>17208.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>14749.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>18104.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>16130.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>14841.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>197278.0</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>218133.0</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>203739.0</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>209712.0</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>195422.0</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>208001.0</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>209452.0</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>208466.0</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>208409.0</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>225909.0</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>225965.0</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>227460.0</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>231238.0</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>216311.0</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>223072.0</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>197643.0</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>179290.0</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>187534.0</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>158956.0</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>140119.0</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>131896.0</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>88911.0</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>86061.0</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>77790.0</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>86137.0</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>82873.0</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>81747.0</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>76616.0</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>78308.0</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>70031.0</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>68969.0</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>59988.0</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>64237.0</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>59674.0</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>64128.0</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>60418.0</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>58201.0</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>59115.0</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>55442.0</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>51804.0</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>52143.0</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>62535.0</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>64605.0</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>57773.0</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>52179.0</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>62624.0</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>58255.0</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>55674.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>62826.0</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>71503.0</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>71098.0</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>72524.0</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>60291.0</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>63401.0</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>65042.0</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>66866.0</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>67946.0</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>72691.0</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>70824.0</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>76513.0</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>81578.0</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>60746.0</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>56443.0</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>51357.0</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>48470.0</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>47712.0</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>43834.0</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>39270.0</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>35475.0</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>33098.0</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>31091.0</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>32706.0</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>33209.0</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>31980.0</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>30386.0</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>29964.0</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>28118.0</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>25987.0</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>24781.0</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>24784.0</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>23819.0</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>23687.0</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>24708.0</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>22951.0</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>23150.0</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>23040.0</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>21700.0</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>20489.0</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>22960.0</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>23614.0</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>23068.0</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>20903.0</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>22795.0</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>23963.0</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>24511.0</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>20502.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>6652.0</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>6652.0</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>6652.0</v>
       </c>
       <c r="E22" t="n" s="28">
-        <v>6049.0</v>
+        <v>6652.0</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="J22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="K22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="L22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="M22" t="n" s="28">
         <v>6049.0</v>
       </c>
       <c r="N22" t="n" s="28">
-        <v>5504.0</v>
+        <v>6049.0</v>
       </c>
       <c r="O22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="P22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="Q22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="R22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="S22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="T22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="U22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="V22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="W22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="X22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="Y22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="Z22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="AA22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="AB22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="AC22" t="n" s="28">
         <v>5504.0</v>
       </c>
       <c r="AD22" t="n" s="28">
-        <v>5226.0</v>
+        <v>5504.0</v>
       </c>
       <c r="AE22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AF22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AG22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AH22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AI22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AJ22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AK22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AL22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AM22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AN22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AO22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AP22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AQ22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AR22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AS22" t="n" s="28">
         <v>5226.0</v>
       </c>
       <c r="AT22" t="n" s="28">
-        <v>5058.0</v>
+        <v>5226.0</v>
       </c>
       <c r="AU22" t="n" s="28">
         <v>5058.0</v>
       </c>
       <c r="AV22" t="n" s="28">
+        <v>5058.0</v>
+      </c>
+      <c r="AW22" t="n" s="28">
         <v>4680.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>70177.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>86098.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>83386.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>83577.0</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>82837.0</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>87162.0</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>87387.0</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>86884.0</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>88229.0</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>99035.0</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>105870.0</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>97165.0</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>94333.0</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>96452.0</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>105954.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>95017.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>92163.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>94455.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>77313.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>44963.0</v>
       </c>
-      <c r="U23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>44464.0</v>
       </c>
-      <c r="V23" t="n" s="29">
+      <c r="W23" t="n" s="29">
         <v>25291.0</v>
       </c>
-      <c r="W23" t="n" s="29">
+      <c r="X23" t="n" s="29">
         <v>25285.0</v>
       </c>
-      <c r="X23" t="n" s="29">
+      <c r="Y23" t="n" s="29">
         <v>26670.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="Z23" t="n" s="29">
         <v>10347.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>10882.0</v>
       </c>
-      <c r="AA23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>11722.0</v>
       </c>
-      <c r="AB23" t="n" s="29">
+      <c r="AC23" t="n" s="29">
         <v>11460.0</v>
       </c>
-      <c r="AC23" t="n" s="29">
+      <c r="AD23" t="n" s="29">
         <v>9161.0</v>
       </c>
-      <c r="AD23" t="n" s="29">
+      <c r="AE23" t="n" s="29">
         <v>11102.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AF23" t="n" s="29">
         <v>9643.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>9918.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>9567.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>8687.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>6418.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>6189.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>6444.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>7566.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>6781.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>6450.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>8172.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>8202.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>6706.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>6450.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>5415.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>6448.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>6317.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>6317.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>64275.0</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>60532.0</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>49256.0</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>53610.0</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>52294.0</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>57438.0</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>57023.0</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>54716.0</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>52234.0</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>54183.0</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>49271.0</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>53782.0</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>55327.0</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>59113.0</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>60676.0</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>51269.0</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>38657.0</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>45367.0</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>37809.0</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>55886.0</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>51957.0</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>30522.0</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>29685.0</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>18414.0</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>42581.0</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>40012.0</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>39638.0</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>35192.0</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>41029.0</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>32942.0</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>34545.0</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>25286.0</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>30851.0</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>27300.0</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>33002.0</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>31277.0</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>28607.0</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>28509.0</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>26960.0</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>24379.0</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>21011.0</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>30718.0</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>34831.0</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>30420.0</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>23969.0</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>32213.0</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>27427.0</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>28855.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>197278.0</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>218133.0</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>203739.0</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>209712.0</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>195422.0</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>208001.0</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>209452.0</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>208466.0</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>208409.0</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>225909.0</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>225965.0</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>227460.0</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>231238.0</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>216311.0</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>223072.0</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>197643.0</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>179290.0</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>187534.0</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>158956.0</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>140119.0</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>131896.0</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>88911.0</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>86061.0</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>77790.0</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>86137.0</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>82873.0</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>81747.0</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>76616.0</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>78308.0</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>70031.0</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>68969.0</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>59988.0</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>64237.0</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>59674.0</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>64128.0</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>60418.0</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>58201.0</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>59115.0</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>55442.0</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>51804.0</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>52143.0</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>62535.0</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>64605.0</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>57773.0</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>52179.0</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>62624.0</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>58255.0</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>55674.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B32" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B33" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B34" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:AV28"/>
-[...8 lines deleted...]
-    <mergeCell ref="A37:AV37"/>
+    <mergeCell ref="B28:AW28"/>
+    <mergeCell ref="B29:AW29"/>
+    <mergeCell ref="B30:AW30"/>
+    <mergeCell ref="B31:AW31"/>
+    <mergeCell ref="B32:AW32"/>
+    <mergeCell ref="B33:AW33"/>
+    <mergeCell ref="B34:AW34"/>
+    <mergeCell ref="A1:AW1"/>
+    <mergeCell ref="A2:AW2"/>
+    <mergeCell ref="A37:AW37"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>