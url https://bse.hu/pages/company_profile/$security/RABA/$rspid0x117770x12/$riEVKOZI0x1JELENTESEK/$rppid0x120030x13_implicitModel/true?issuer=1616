--- v0 (2025-10-11)
+++ v1 (2025-12-03)
@@ -6,77 +6,80 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="191">
   <si>
     <t>Mid-year reports - RÁBA PLC.</t>
   </si>
   <si>
     <t>Unaudited, consolidated, in compliance with IFRS</t>
   </si>
   <si>
     <t>Key P&amp;L Figures</t>
   </si>
   <si>
-    <t>Jan 2025 - Jun 2025 (1)</t>
-[...14 lines deleted...]
-    <t>Jan 2023 - Sep 2023 (3)</t>
+    <t>Jan 2025 - Sep 2025 (1)</t>
+  </si>
+  <si>
+    <t>Jan 2025 - Jun 2025 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2025 - Mar 2025 (3)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Sep 2024 (1)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Jun 2024 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Mar 2024 (3)</t>
+  </si>
+  <si>
+    <t>Jan 2023 - Sep 2023 (1)</t>
   </si>
   <si>
     <t>Jan 2023 - Jun 2023 (4)</t>
   </si>
   <si>
     <t>Jan 2023 - Mar 2023 (5)</t>
   </si>
   <si>
     <t>Jan 2022 - Dec 2022 (6)</t>
   </si>
   <si>
     <t>Jan 2022 - Sep 2022 (7)</t>
   </si>
   <si>
     <t>Jan 2022 - Jun 2022 (8)</t>
   </si>
   <si>
     <t>Jan 2022 - Mar 2022 (5)</t>
   </si>
   <si>
     <t>Jan 2021 - Dec 2021 (6)</t>
   </si>
   <si>
     <t>Jan 2021 - Sep 2021 (7)</t>
   </si>
@@ -257,50 +260,53 @@
   <si>
     <t/>
   </si>
   <si>
     <t>(thousand HUF)</t>
   </si>
   <si>
     <t>Net sales</t>
   </si>
   <si>
     <t>Operating profit (EBIT)</t>
   </si>
   <si>
     <t>Net income from financial activities</t>
   </si>
   <si>
     <t>Profit before tax</t>
   </si>
   <si>
     <t>Profit after tax</t>
   </si>
   <si>
     <t>Key Balance Sheet Items</t>
   </si>
   <si>
+    <t>30 Sep 2025</t>
+  </si>
+  <si>
     <t>30 Jun 2025</t>
   </si>
   <si>
     <t>31 Mar 2025</t>
   </si>
   <si>
     <t>30 Sep 2024</t>
   </si>
   <si>
     <t>30 Jun 2024</t>
   </si>
   <si>
     <t>31 Mar 2024</t>
   </si>
   <si>
     <t>30 Sep 2023</t>
   </si>
   <si>
     <t>30 Jun 2023</t>
   </si>
   <si>
     <t>31 Mar 2023</t>
   </si>
   <si>
     <t>31 Dec 2022</t>
@@ -512,63 +518,63 @@
   <si>
     <t>Inventory</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Shareholders equity</t>
   </si>
   <si>
     <t>Share capital</t>
   </si>
   <si>
     <t>Long-term liabilities</t>
   </si>
   <si>
     <t>Short-term liabilities</t>
   </si>
   <si>
     <t>Total liabilities and shareholders equity</t>
   </si>
   <si>
     <t>(1)</t>
   </si>
   <si>
+    <t>non-audited, consolidated, IFRS; Business Year: January 1 - September 30</t>
+  </si>
+  <si>
+    <t>(2)</t>
+  </si>
+  <si>
     <t>non-audited, consolidated, IFRS; Business Year: January 1 - June 30</t>
   </si>
   <si>
-    <t>(2)</t>
+    <t>(3)</t>
   </si>
   <si>
     <t>non-audited, consolidated, IFRS; Business Year: January 1 - March 31</t>
-  </si>
-[...4 lines deleted...]
-    <t>non-audited, consolidated, IFRS; Business Year: January 1 - September 30</t>
   </si>
   <si>
     <t>(4)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - June 30)</t>
   </si>
   <si>
     <t>(5)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - March )</t>
   </si>
   <si>
     <t>(6)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - December )</t>
   </si>
   <si>
     <t>(7)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - September )</t>
   </si>
@@ -713,130 +719,131 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BW41"/>
+  <dimension ref="A1:BX41"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="37.2421875" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="22.23828125" customWidth="true" bestFit="true"/>
-[...26 lines deleted...]
-    <col min="29" max="29" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="23.40234375" customWidth="true" bestFit="true"/>
     <col min="30" max="30" width="23.9921875" customWidth="true" bestFit="true"/>
-    <col min="31" max="31" width="23.40234375" customWidth="true" bestFit="true"/>
-[...42 lines deleted...]
-    <col min="74" max="74" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="73" max="73" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="74" max="74" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="75" max="75" width="23.40234375" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -891,54 +898,54 @@
       <c r="U4" t="s" s="1">
         <v>22</v>
       </c>
       <c r="V4" t="s" s="1">
         <v>23</v>
       </c>
       <c r="W4" t="s" s="1">
         <v>24</v>
       </c>
       <c r="X4" t="s" s="1">
         <v>25</v>
       </c>
       <c r="Y4" t="s" s="1">
         <v>26</v>
       </c>
       <c r="Z4" t="s" s="1">
         <v>27</v>
       </c>
       <c r="AA4" t="s" s="1">
         <v>28</v>
       </c>
       <c r="AB4" t="s" s="1">
         <v>29</v>
       </c>
       <c r="AC4" t="s" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="AD4" t="s" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE4" t="s" s="1">
         <v>31</v>
       </c>
       <c r="AF4" t="s" s="1">
         <v>32</v>
       </c>
       <c r="AG4" t="s" s="1">
         <v>33</v>
       </c>
       <c r="AH4" t="s" s="1">
         <v>34</v>
       </c>
       <c r="AI4" t="s" s="1">
         <v>35</v>
       </c>
       <c r="AJ4" t="s" s="1">
         <v>36</v>
       </c>
       <c r="AK4" t="s" s="1">
         <v>37</v>
       </c>
       <c r="AL4" t="s" s="1">
         <v>38</v>
       </c>
@@ -1027,3639 +1034,3690 @@
         <v>66</v>
       </c>
       <c r="BO4" t="s" s="1">
         <v>67</v>
       </c>
       <c r="BP4" t="s" s="1">
         <v>68</v>
       </c>
       <c r="BQ4" t="s" s="1">
         <v>69</v>
       </c>
       <c r="BR4" t="s" s="1">
         <v>70</v>
       </c>
       <c r="BS4" t="s" s="1">
         <v>71</v>
       </c>
       <c r="BT4" t="s" s="1">
         <v>72</v>
       </c>
       <c r="BU4" t="s" s="1">
         <v>73</v>
       </c>
       <c r="BV4" t="s" s="1">
         <v>74</v>
+      </c>
+      <c r="BW4" t="s" s="1">
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BS5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BT5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BU5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BV5" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
+      </c>
+      <c r="BW5" t="s" s="2">
+        <v>77</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>4.066046E7</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>2.8822814E7</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>1.4548797E7</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>4.3135244E7</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>3.1397821E7</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>1.7008783E7</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>5.5974141E7</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>4.0024662E7</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>2.0332293E7</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>6.4346577E7</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>4.5846598E7</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>3.0007278E7</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>1.3265153E7</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>4.643561E7</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>3.3226821E7</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>2.3707013E7</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>1.1376736E7</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>3.8754452E7</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>2.7763839E7</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>1.9213992E7</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>1.1856038E7</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>4.9781657E7</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>3.7922473E7</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>2.7638384E7</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>1.4724695E7</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>4.8631833E7</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>3.4689026E7</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>2.4476671E7</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>3.4689026E7</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>3.0826917E7</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>2.1626097E7</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>4.2628737E7</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>2.8977336E7</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>2.0525518E7</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>9594909.0</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>4.6153557E7</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>3.2930898E7</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>2.4520914E7</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>1.3914255E7</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>4.7915785E7</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>3.3903568E7</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>2.6870833E7</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>1.1836807E7</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>4.7485291E7</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>3.4724272E7</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>2.372435E7</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>1.1434076E7</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>4.2345858E7</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>3.1110663E7</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>2.1220275E7</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>9827438.0</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>3.9319019E7</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>2.6378221E7</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>1.8160557E7</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>9264459.0</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>3.5777557E7</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>2.5482796E7</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>8097329.0</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>7890402.0</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>3.3923124E7</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>2.5402039E7</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>1.8288568E7</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>9670294.0</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>5.8682966E7</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>4.5247033E7</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>3.2918292E7</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>1.6847727E7</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>5.8217569E7</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>4.1486245E7</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>2.7825839E7</v>
       </c>
-      <c r="BS6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>1.3183206E7</v>
       </c>
-      <c r="BT6" t="n" s="3">
+      <c r="BU6" t="n" s="3">
         <v>5.0310729E7</v>
       </c>
-      <c r="BU6" t="n" s="3">
+      <c r="BV6" t="n" s="3">
         <v>3.6598936E7</v>
       </c>
-      <c r="BV6" t="n" s="3">
+      <c r="BW6" t="n" s="3">
         <v>2.5076047E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>7317252.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>2697009.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>9947.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>1398022.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>564296.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>558298.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>1926619.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>1809204.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>509031.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>2043973.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>1084702.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>749758.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>-484154.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>1977787.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>1425590.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>1804113.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>398578.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>68049.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>-1037164.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>-1102069.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>-119637.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>1340082.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>1192172.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>1228704.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>930037.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>1750611.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>1095207.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>1043775.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>1095207.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>1086820.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>993364.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>2000024.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>801864.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>782824.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>232423.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>2193994.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>1032740.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>1147591.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>403034.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>1891422.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>451836.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>908977.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>444126.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>3280735.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>2404957.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>2007046.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>748990.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>1334497.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>559716.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>400838.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>103788.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>1640918.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>-70338.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>162600.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>-180289.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>861156.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>263501.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>410712.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>-43791.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>724467.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>55638.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>551548.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>537062.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>6783280.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>407998.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>746596.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>602269.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>1400688.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>550086.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>382915.0</v>
       </c>
-      <c r="BS7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>116036.0</v>
       </c>
-      <c r="BT7" t="n" s="7">
+      <c r="BU7" t="n" s="7">
         <v>543542.0</v>
       </c>
-      <c r="BU7" t="n" s="7">
+      <c r="BV7" t="n" s="7">
         <v>431972.0</v>
       </c>
-      <c r="BV7" t="n" s="7">
+      <c r="BW7" t="n" s="7">
         <v>305420.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>201312.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>59267.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>166048.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>-923719.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>-679344.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>-567813.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>263227.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>1001386.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>661784.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>-1075172.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-1693151.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-906194.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>-64470.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>-207620.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>45461.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>260119.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>66185.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>-908669.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-903624.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-651315.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-635471.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>-411354.0</v>
       </c>
-      <c r="W8" t="n" s="8">
+      <c r="X8" t="n" s="8">
         <v>-481508.0</v>
       </c>
-      <c r="X8" t="n" s="8">
+      <c r="Y8" t="n" s="8">
         <v>-93438.0</v>
       </c>
-      <c r="Y8" t="n" s="8">
+      <c r="Z8" t="n" s="8">
         <v>-6941.0</v>
       </c>
-      <c r="Z8" t="n" s="8">
+      <c r="AA8" t="n" s="8">
         <v>-108954.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-139701.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>-153798.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>-139701.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-90569.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-41378.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>-10736.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>24297.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>-24883.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>-32766.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>168009.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>134280.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>146157.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>455637.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>-583614.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>-442390.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>-467581.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>-374789.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>28650.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>44391.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>317970.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>245107.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>-456671.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>-218807.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>-178578.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>-108626.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>-1001493.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>-841240.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>365939.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>467664.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>-388523.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>-287868.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>-1117808.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>660710.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>-216722.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>-3824212.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>0.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>-1.2788716E7</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>-6434538.0</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>1767832.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>0.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>-115313.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>518564.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>620729.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>-46820.0</v>
       </c>
-      <c r="BS8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>2009.0</v>
       </c>
-      <c r="BT8" t="n" s="8">
+      <c r="BU8" t="n" s="8">
         <v>4354118.0</v>
       </c>
-      <c r="BU8" t="n" s="8">
+      <c r="BV8" t="n" s="8">
         <v>954490.0</v>
       </c>
-      <c r="BV8" t="n" s="8">
+      <c r="BW8" t="n" s="8">
         <v>-1187111.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>7518564.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>2756276.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>175995.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>474303.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>-115048.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>-9515.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>2189846.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>2810590.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>1170815.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>1077412.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>-499838.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>-47824.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>-492998.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>1774616.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>1475499.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>2094010.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>476299.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1928880.0</v>
       </c>
       <c r="S9" t="n" s="9">
         <v>-1928880.0</v>
       </c>
       <c r="T9" t="n" s="9">
+        <v>-1928880.0</v>
+      </c>
+      <c r="U9" t="n" s="9">
         <v>-1737932.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>-748292.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>1004473.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>710664.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>1135266.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>923096.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>1641657.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>955506.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>889977.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>955506.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>996251.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>951986.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>1989288.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>826161.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>757941.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>199657.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>2362003.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>1167020.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>1293748.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>858671.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>1307808.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>9446.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>441396.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>69337.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>3309385.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>2449348.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>2325016.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>994097.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>877826.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>340909.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>222260.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>-4839.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>515163.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>-1035840.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>419698.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>240585.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>272005.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>-194551.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>-823843.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>556452.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>135754.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>-3992568.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>-2552098.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>-1.2312627E7</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>348742.0</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>2175830.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>1290733.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>486956.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>1919252.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>1170815.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>336095.0</v>
       </c>
-      <c r="BS9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>118045.0</v>
       </c>
-      <c r="BT9" t="n" s="9">
+      <c r="BU9" t="n" s="9">
         <v>4897660.0</v>
       </c>
-      <c r="BU9" t="n" s="9">
+      <c r="BV9" t="n" s="9">
         <v>1386462.0</v>
       </c>
-      <c r="BV9" t="n" s="9">
+      <c r="BW9" t="n" s="9">
         <v>-881691.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>6346417.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>2136384.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>21116.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>31729.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>-448335.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>-190828.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>1670449.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>2401942.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>992150.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>623036.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>-814757.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>-252028.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>-569655.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>1271978.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>1160640.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>1826064.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>363708.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>-1130066.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>-2168559.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>-1901286.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>-852944.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>571872.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>425356.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>854390.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>744027.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>1196910.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>632252.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>639227.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>632252.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>715880.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>713028.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>1377079.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>509944.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>506846.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>109617.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>1951525.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>853435.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>1026611.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>709185.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>852090.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>-253738.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>244172.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>-16755.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>2688181.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>1967928.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>1918488.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>859966.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>569261.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>178055.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>159271.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>33884.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>464992.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>-1256727.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>250246.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>177221.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>-855779.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>-576014.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>-966981.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>398466.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>-700645.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>-4033698.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>-2732703.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>-1.0373177E7</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>-393162.0</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>1612942.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>889081.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>362802.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>1413789.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>725314.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>262700.0</v>
       </c>
-      <c r="BS10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>74763.0</v>
       </c>
-      <c r="BT10" t="n" s="10">
+      <c r="BU10" t="n" s="10">
         <v>3530090.0</v>
       </c>
-      <c r="BU10" t="n" s="10">
+      <c r="BV10" t="n" s="10">
         <v>1123293.0</v>
       </c>
-      <c r="BV10" t="n" s="10">
+      <c r="BW10" t="n" s="10">
         <v>-825807.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="AD12" t="s" s="11">
         <v>110</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BS12" t="s" s="11">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BT12" t="s" s="11">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="BU12" t="s" s="11">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="BV12" t="s" s="11">
-        <v>154</v>
+        <v>155</v>
+      </c>
+      <c r="BW12" t="s" s="11">
+        <v>156</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BS13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BT13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BU13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BV13" t="s" s="12">
-        <v>76</v>
+        <v>77</v>
+      </c>
+      <c r="BW13" t="s" s="12">
+        <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>3.2335604E7</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>3.1969723E7</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>3.2182698E7</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>3.170767E7</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>3.1728747E7</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>3.060294E7</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>2.790919E7</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>2.6950552E7</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>2.6571153E7</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>2.6537039E7</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>2.7167453E7</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>2.6057219E7</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>2.5802536E7</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>2.6279915E7</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>2.6495477E7</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>2.6409114E7</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>2.6869316E7</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>2.7014982E7</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>2.7342017E7</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>2.715418E7</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>2.6201288E7</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>2.6563242E7</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>2.624758E7</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>2.1202784E7</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>2.0269235E7</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>2.0020605E7</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>1.8848854E7</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>1.7999917E7</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>1.8848854E7</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>1.6200916E7</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>1.5786657E7</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>1.5799062E7</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>1.5931567E7</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>1.6153902E7</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>1.6292106E7</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>1.6722865E7</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>1.6075502E7</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>1.6496124E7</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>1.6916928E7</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>1.7276154E7</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>1.6740551E7</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>1.6030642E7</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>1.5952745E7</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>1.6254216E7</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>1.6444772E7</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>1.6227009E7</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>1.6166888E7</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>1.6507498E7</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>1.6094812E7</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>1.6093086E7</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>1.5967356E7</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>1.610674E7</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>1.5372808E7</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>1.4877908E7</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>1.5118244E7</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>1.5347444E7</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>1.5804771E7</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>1.6145027E7</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>1.6446591E7</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>1.7788295E7</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>1.8781704E7</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>1.9134106E7</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>2.1498794E7</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>2.5655105E7</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>1.9411031E7</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>1.9966555E7</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>1.9431298E7</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>1.935985E7</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>1.927309E7</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>1.8887648E7</v>
       </c>
-      <c r="BS14" t="n" s="13">
+      <c r="BT14" t="n" s="13">
         <v>1.8474839E7</v>
       </c>
-      <c r="BT14" t="n" s="13">
+      <c r="BU14" t="n" s="13">
         <v>1.7761073E7</v>
       </c>
-      <c r="BU14" t="n" s="13">
+      <c r="BV14" t="n" s="13">
         <v>2.0166341E7</v>
       </c>
-      <c r="BV14" t="n" s="13">
+      <c r="BW14" t="n" s="13">
         <v>2.0542496E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>645742.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>641771.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>732680.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>31093.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>34812.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>38531.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>45605.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>39117.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>43025.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>47336.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>13536.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>22039.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>31608.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>41320.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>51084.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>48710.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>76327.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>88857.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>100519.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>117605.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>132151.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>147709.0</v>
       </c>
-      <c r="W15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>154640.0</v>
       </c>
-      <c r="X15" t="n" s="14">
+      <c r="Y15" t="n" s="14">
         <v>154988.0</v>
       </c>
-      <c r="Y15" t="n" s="14">
+      <c r="Z15" t="n" s="14">
         <v>162266.0</v>
       </c>
-      <c r="Z15" t="n" s="14">
+      <c r="AA15" t="n" s="14">
         <v>182826.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AB15" t="n" s="14">
         <v>203866.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>227281.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>203866.0</v>
       </c>
-      <c r="AD15" t="n" s="14">
+      <c r="AE15" t="n" s="14">
         <v>334284.0</v>
       </c>
-      <c r="AE15" t="n" s="14">
+      <c r="AF15" t="n" s="14">
         <v>383615.0</v>
       </c>
-      <c r="AF15" t="n" s="14">
+      <c r="AG15" t="n" s="14">
         <v>499559.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AH15" t="n" s="14">
         <v>578111.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>647793.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>716940.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>789131.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>863005.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>934055.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>1008198.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>1070705.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>964362.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>1023320.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>914792.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>879193.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>904200.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>964244.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>995644.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>1046740.0</v>
       </c>
-      <c r="AW15" t="n" s="14">
+      <c r="AX15" t="n" s="14">
         <v>1015845.0</v>
       </c>
-      <c r="AX15" t="n" s="14">
+      <c r="AY15" t="n" s="14">
         <v>1010241.0</v>
       </c>
-      <c r="AY15" t="n" s="14">
+      <c r="AZ15" t="n" s="14">
         <v>1010938.0</v>
       </c>
-      <c r="AZ15" t="n" s="14">
+      <c r="BA15" t="n" s="14">
         <v>971345.0</v>
       </c>
-      <c r="BA15" t="n" s="14">
+      <c r="BB15" t="n" s="14">
         <v>869080.0</v>
       </c>
-      <c r="BB15" t="n" s="14">
+      <c r="BC15" t="n" s="14">
         <v>736952.0</v>
       </c>
-      <c r="BC15" t="n" s="14">
+      <c r="BD15" t="n" s="14">
         <v>691063.0</v>
       </c>
-      <c r="BD15" t="n" s="14">
+      <c r="BE15" t="n" s="14">
         <v>631396.0</v>
       </c>
-      <c r="BE15" t="n" s="14">
+      <c r="BF15" t="n" s="14">
         <v>553177.0</v>
       </c>
-      <c r="BF15" t="n" s="14">
+      <c r="BG15" t="n" s="14">
         <v>512240.0</v>
       </c>
-      <c r="BG15" t="n" s="14">
+      <c r="BH15" t="n" s="14">
         <v>555829.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>612945.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>530976.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>500437.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>549927.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>589351.0</v>
       </c>
-      <c r="BM15" t="n" s="14">
+      <c r="BN15" t="n" s="14">
         <v>496987.0</v>
       </c>
-      <c r="BN15" t="n" s="14">
+      <c r="BO15" t="n" s="14">
         <v>589351.0</v>
       </c>
-      <c r="BO15" t="n" s="14">
+      <c r="BP15" t="n" s="14">
         <v>437553.0</v>
       </c>
-      <c r="BP15" t="n" s="14">
+      <c r="BQ15" t="n" s="14">
         <v>487736.0</v>
       </c>
-      <c r="BQ15" t="n" s="14">
+      <c r="BR15" t="n" s="14">
         <v>475805.0</v>
       </c>
-      <c r="BR15" t="n" s="14">
+      <c r="BS15" t="n" s="14">
         <v>357167.0</v>
       </c>
-      <c r="BS15" t="n" s="14">
+      <c r="BT15" t="n" s="14">
         <v>364482.0</v>
       </c>
-      <c r="BT15" t="n" s="14">
+      <c r="BU15" t="n" s="14">
         <v>84204.0</v>
       </c>
-      <c r="BU15" t="n" s="14">
+      <c r="BV15" t="n" s="14">
         <v>106942.0</v>
       </c>
-      <c r="BV15" t="n" s="14">
+      <c r="BW15" t="n" s="14">
         <v>129708.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>3.1374276E7</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>3.0887791E7</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>3.099896E7</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>3.1271669E7</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>3.1289028E7</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>3.0159502E7</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>2.7499527E7</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>2.6547375E7</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>2.6163989E7</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>2.5641017E7</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>2.6297723E7</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>2.5107343E7</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>2.4895457E7</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>2.5419834E7</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>2.5561411E7</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>2.5460723E7</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>2.5895805E7</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>2.5987311E7</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>2.7079729E7</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>2.6047545E7</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>2.506795E7</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>2.5394003E7</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>2.4988353E7</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>1.9932311E7</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>1.9436189E7</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>1.9482893E7</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>1.7936212E7</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>1.7045577E7</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>1.7936212E7</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>1.5050726E7</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>1.4571207E7</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>1.4409547E7</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>1.4349644E7</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>1.4479715E7</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>1.4492222E7</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>1.4832253E7</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>1.4070627E7</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>1.4403489E7</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>1.472914E7</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>1.4976905E7</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>1.4474332E7</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>1.3995247E7</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>1.3987125E7</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>1.4294091E7</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>1.4086823E7</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>1.4129842E7</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>1.3849889E7</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>1.4115961E7</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>1.4293272E7</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>1.4241616E7</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>1.4114849E7</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>1.4277848E7</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>1.4083433E7</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>1.3709812E7</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>1.3875265E7</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>1.4110799E7</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>1.4235691E7</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>1.4037166E7</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>1.4337577E7</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>1.5084157E7</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>1.5097805E7</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>1.5613853E7</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>1.5783246E7</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>1.6173131E7</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>1.623525E7</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>1.6173131E7</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>1.6141037E7</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>1.5976027E7</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>1.6975778E7</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>1.6699303E7</v>
       </c>
-      <c r="BS16" t="n" s="18">
+      <c r="BT16" t="n" s="18">
         <v>1.6257123E7</v>
       </c>
-      <c r="BT16" t="n" s="18">
+      <c r="BU16" t="n" s="18">
         <v>1.6463056E7</v>
       </c>
-      <c r="BU16" t="n" s="18">
+      <c r="BV16" t="n" s="18">
         <v>1.7836046E7</v>
       </c>
-      <c r="BV16" t="n" s="18">
+      <c r="BW16" t="n" s="18">
         <v>1.8003415E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B17" t="n" s="19">
         <v>8058.0</v>
       </c>
       <c r="C17" t="n" s="19">
         <v>8058.0</v>
       </c>
       <c r="D17" t="n" s="19">
-        <v>39405.0</v>
+        <v>8058.0</v>
       </c>
       <c r="E17" t="n" s="19">
         <v>39405.0</v>
       </c>
       <c r="F17" t="n" s="19">
         <v>39405.0</v>
       </c>
       <c r="G17" t="n" s="19">
-        <v>205.0</v>
+        <v>39405.0</v>
       </c>
       <c r="H17" t="n" s="19">
         <v>205.0</v>
       </c>
       <c r="I17" t="n" s="19">
         <v>205.0</v>
       </c>
       <c r="J17" t="n" s="19">
+        <v>205.0</v>
+      </c>
+      <c r="K17" t="n" s="19">
         <v>82775.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>114278.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>185432.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>105120.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>53907.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>129699.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>145729.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>117400.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>130896.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>161769.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>106839.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>127484.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>148859.0</v>
       </c>
-      <c r="W17" t="n" s="19">
+      <c r="X17" t="n" s="19">
         <v>278679.0</v>
       </c>
-      <c r="X17" t="n" s="19">
+      <c r="Y17" t="n" s="19">
         <v>296408.0</v>
       </c>
-      <c r="Y17" t="n" s="19">
+      <c r="Z17" t="n" s="19">
         <v>314136.0</v>
       </c>
-      <c r="Z17" t="n" s="19">
+      <c r="AA17" t="n" s="19">
         <v>332616.0</v>
       </c>
-      <c r="AA17" t="n" s="19">
+      <c r="AB17" t="n" s="19">
         <v>213338.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AC17" t="n" s="19">
         <v>231067.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>213338.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>291639.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>308268.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>342893.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>376877.0</v>
       </c>
-      <c r="AH17" t="n" s="19">
+      <c r="AI17" t="n" s="19">
         <v>394606.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>412335.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>430063.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>448922.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>465250.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>482979.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>501458.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>519187.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>540143.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>557873.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>576913.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>593642.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>611371.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>624349.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>642079.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>4392.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4597.0</v>
       </c>
       <c r="AY17" t="n" s="19">
         <v>4597.0</v>
       </c>
       <c r="AZ17" t="n" s="19">
+        <v>4597.0</v>
+      </c>
+      <c r="BA17" t="n" s="19">
         <v>4598.0</v>
       </c>
-      <c r="BA17" t="n" s="19">
+      <c r="BB17" t="n" s="19">
         <v>205.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>15626.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>77677.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>120023.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>46738.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>107174.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>169653.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>943002.0</v>
       </c>
-      <c r="BI17" t="s" s="19">
-[...2 lines deleted...]
-      <c r="BJ17" t="n" s="19">
+      <c r="BJ17" t="s" s="19">
+        <v>76</v>
+      </c>
+      <c r="BK17" t="n" s="19">
         <v>890675.0</v>
       </c>
-      <c r="BK17" t="n" s="19">
+      <c r="BL17" t="n" s="19">
         <v>987104.0</v>
       </c>
-      <c r="BL17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BM17" t="s" s="19">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="BN17" t="n" s="19">
+        <v>76</v>
+      </c>
+      <c r="BN17" t="s" s="19">
+        <v>76</v>
+      </c>
+      <c r="BO17" t="n" s="19">
         <v>1048483.0</v>
       </c>
-      <c r="BO17" t="n" s="19">
+      <c r="BP17" t="n" s="19">
         <v>1269357.0</v>
       </c>
-      <c r="BP17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BQ17" t="s" s="19">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="BR17" t="n" s="19">
+        <v>76</v>
+      </c>
+      <c r="BR17" t="s" s="19">
+        <v>76</v>
+      </c>
+      <c r="BS17" t="n" s="19">
         <v>205.0</v>
       </c>
-      <c r="BS17" t="n" s="19">
+      <c r="BT17" t="n" s="19">
         <v>2975.0</v>
       </c>
-      <c r="BT17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BU17" t="s" s="19">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BV17" t="s" s="19">
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="BW17" t="s" s="19">
+        <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>2.9635703E7</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>2.8117848E7</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>2.5022048E7</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>2.8600119E7</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>2.6673809E7</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>2.913102E7</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>3.5263475E7</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>3.4859878E7</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>3.9520187E7</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>3.6632757E7</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>3.1923367E7</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>2.4183311E7</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>2.3161951E7</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>1.8985107E7</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>1.8571263E7</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>1.9383948E7</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>1.7451117E7</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>1.516996E7</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>1.5860126E7</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>1.4957619E7</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>1.7601058E7</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>1.5005915E7</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>1.7977952E7</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>2.3645949E7</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>2.4877137E7</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>2.2224851E7</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>2.112735E7</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>2.0701869E7</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>2.112735E7</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>1.8168363E7</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>1.8713692E7</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>1.7715014E7</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>1.5434353E7</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>1.7756443E7</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>1.6731076E7</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>1.7806553E7</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>1.516056E7</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>1.6832527E7</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>1.6467984E7</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>1.8975742E7</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>1.5023409E7</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>1.5556173E7</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>1.6717132E7</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>1.6891564E7</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>1.7119881E7</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>1.8071862E7</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>1.9038332E7</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>1.8568674E7</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>1.749752E7</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>1.8083488E7</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>1.8565053E7</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>1.9776699E7</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>1.7866648E7</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>1.7672777E7</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>1.6719454E7</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>1.6784373E7</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>1.6145159E7</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>1.7621916E7</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>1.6747264E7</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>1.4634802E7</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>1.5817418E7</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>1.7711528E7</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>1.9058721E7</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>2.107005E7</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>2.4174551E7</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>2.1078769E7</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>2.4157541E7</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>2.3145709E7</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>2.5049265E7</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>2.4171599E7</v>
       </c>
-      <c r="BS18" t="n" s="20">
+      <c r="BT18" t="n" s="20">
         <v>2.1991928E7</v>
       </c>
-      <c r="BT18" t="n" s="20">
+      <c r="BU18" t="n" s="20">
         <v>2.4986672E7</v>
       </c>
-      <c r="BU18" t="n" s="20">
+      <c r="BV18" t="n" s="20">
         <v>2.06876E7</v>
       </c>
-      <c r="BV18" t="n" s="20">
+      <c r="BW18" t="n" s="20">
         <v>1.821958E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>1.289383E7</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>1.1549171E7</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>1.2243176E7</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>1.4663411E7</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>1.3280879E7</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>1.4132531E7</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>1.6763278E7</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>1.6286826E7</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>1.6776903E7</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>1.5987209E7</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>1.5927144E7</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>1.2173268E7</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>1.2069317E7</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>9942313.0</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>1.0415444E7</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>8865650.0</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>7201339.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>5807858.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>6621181.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>7136350.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>7916287.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>7651242.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>9954678.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>1.0180006E7</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>9861593.0</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>9205735.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>9326668.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>8068393.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>9326668.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>7924118.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>7485413.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>5728057.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>7419190.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>6321163.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>6488794.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>6210830.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>7808483.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>6921144.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>6665594.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>6629453.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>7934986.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>7436424.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>7279302.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>7164299.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>8598293.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>8787576.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>8771663.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>8424297.0</v>
       </c>
-      <c r="AW19" t="n" s="21">
+      <c r="AX19" t="n" s="21">
         <v>8634609.0</v>
       </c>
-      <c r="AX19" t="n" s="21">
+      <c r="AY19" t="n" s="21">
         <v>8442137.0</v>
       </c>
-      <c r="AY19" t="n" s="21">
+      <c r="AZ19" t="n" s="21">
         <v>8821752.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
+      <c r="BA19" t="n" s="21">
         <v>8163159.0</v>
       </c>
-      <c r="BA19" t="n" s="21">
+      <c r="BB19" t="n" s="21">
         <v>8719103.0</v>
       </c>
-      <c r="BB19" t="n" s="21">
+      <c r="BC19" t="n" s="21">
         <v>7994787.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>8030670.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
+      <c r="BE19" t="n" s="21">
         <v>7559574.0</v>
       </c>
-      <c r="BE19" t="n" s="21">
+      <c r="BF19" t="n" s="21">
         <v>8019609.0</v>
       </c>
-      <c r="BF19" t="n" s="21">
+      <c r="BG19" t="n" s="21">
         <v>7301841.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
+      <c r="BH19" t="n" s="21">
         <v>7351819.0</v>
       </c>
-      <c r="BH19" t="n" s="21">
+      <c r="BI19" t="n" s="21">
         <v>6917526.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>8095296.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>8681994.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>9787194.0</v>
       </c>
-      <c r="BL19" t="n" s="21">
+      <c r="BM19" t="n" s="21">
         <v>1.0137571E7</v>
       </c>
-      <c r="BM19" t="n" s="21">
+      <c r="BN19" t="n" s="21">
         <v>1.0435816E7</v>
       </c>
-      <c r="BN19" t="n" s="21">
+      <c r="BO19" t="n" s="21">
         <v>1.0101383E7</v>
       </c>
-      <c r="BO19" t="n" s="21">
+      <c r="BP19" t="n" s="21">
         <v>9647308.0</v>
       </c>
-      <c r="BP19" t="n" s="21">
+      <c r="BQ19" t="n" s="21">
         <v>9321700.0</v>
       </c>
-      <c r="BQ19" t="n" s="21">
+      <c r="BR19" t="n" s="21">
         <v>9701405.0</v>
       </c>
-      <c r="BR19" t="n" s="21">
+      <c r="BS19" t="n" s="21">
         <v>1.0153312E7</v>
       </c>
-      <c r="BS19" t="n" s="21">
+      <c r="BT19" t="n" s="21">
         <v>9854774.0</v>
       </c>
-      <c r="BT19" t="n" s="21">
+      <c r="BU19" t="n" s="21">
         <v>8561364.0</v>
       </c>
-      <c r="BU19" t="n" s="21">
+      <c r="BV19" t="n" s="21">
         <v>9547004.0</v>
       </c>
-      <c r="BV19" t="n" s="21">
+      <c r="BW19" t="n" s="21">
         <v>8454588.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>6.1971307E7</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>6.0087571E7</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>5.7204746E7</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>6.0307789E7</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>5.8402556E7</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>5.973396E7</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>6.3172665E7</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>6.181043E7</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>6.609134E7</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>6.3169796E7</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>5.909082E7</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>5.024053E7</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>4.8964487E7</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>4.5265022E7</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>4.506674E7</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>4.5793062E7</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>4.4320433E7</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>4.2184942E7</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>4.3202143E7</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>4.2111799E7</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>4.3802346E7</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>4.1569157E7</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>4.4225532E7</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>4.4848733E7</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>4.5146372E7</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>4.2245456E7</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>3.9976204E7</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>3.8701786E7</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>3.9976204E7</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>3.4369279E7</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>3.4500349E7</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>3.3514076E7</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>3.136592E7</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>3.3910345E7</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>3.3023182E7</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>3.4529418E7</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>3.1236062E7</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>3.3328651E7</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>3.3384912E7</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>3.6251896E7</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>3.176396E7</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>3.1586815E7</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>3.2669877E7</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>3.314578E7</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>3.3564653E7</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>3.4298871E7</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>3.520522E7</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>3.5076172E7</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>3.3592332E7</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>3.4176574E7</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>3.4532409E7</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>3.5883439E7</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>3.3239456E7</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>3.2550685E7</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>3.1837698E7</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>3.2131817E7</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>3.194993E7</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>3.3766943E7</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>3.3193855E7</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>3.2423097E7</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>3.4599122E7</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>3.6845634E7</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>4.0557515E7</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>4.6725155E7</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>4.3585582E7</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>4.1045324E7</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>4.3588839E7</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>4.2505559E7</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>4.4322355E7</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>4.3059247E7</v>
       </c>
-      <c r="BS20" t="n" s="22">
+      <c r="BT20" t="n" s="22">
         <v>4.0466767E7</v>
       </c>
-      <c r="BT20" t="n" s="22">
+      <c r="BU20" t="n" s="22">
         <v>4.2747745E7</v>
       </c>
-      <c r="BU20" t="n" s="22">
+      <c r="BV20" t="n" s="22">
         <v>4.0853941E7</v>
       </c>
-      <c r="BV20" t="n" s="22">
+      <c r="BW20" t="n" s="22">
         <v>3.8762076E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>3.0385655E7</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>2.6175622E7</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>2.4060355E7</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>2.402799E7</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>2.3547925E7</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>2.3805432E7</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>2.4482942E7</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>2.5214435E7</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>2.3804644E7</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>2.2320293E7</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>2.08825E7</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>2.0928295E7</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>2.0610668E7</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>2.1169113E7</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>2.1057775E7</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>2.1723199E7</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>2.0263835E7</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>1.9896699E7</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>1.9028449E7</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>1.9295722E7</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>2.0344066E7</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>2.1197008E7</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>2.1050491E7</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>2.1479438E7</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>2.1608978E7</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>2.086493618E7</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>2.0300278E7</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>2.0307254E7</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>2.0300278E7</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>1.9125068E7</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>1.9122216E7</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>1.8678202E7</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>1.7811066E7</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>1.7807968E7</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>1.7219902E7</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>1.7106829E7</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>1.5928382E7</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>1.6101558E7</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>1.5784132E7</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>1.5074915E7</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>1.3969086E7</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>1.4459818E7</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>1.4139485E7</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>1.4095469E7</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>1.3345505E7</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>1.3237583E7</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>1.2007452E7</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>1.1390236E7</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>1.1117155E7</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>1.0949836E7</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>1.0683701E7</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>1.0001863E7</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>8859686.0</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>1.038188E7</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>1.0246934E7</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>1.0050455E7</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>1.0174941E7</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>9783973.0</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>1.1144695E7</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>1.074623E7</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>7410364.0</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>8711359.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>1070885.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>1.6205024E7</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>1.8364001E7</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>1.149996E7</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>1.7274375E7</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>1.6896228E7</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>1.6182009E7</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>1.5714235E7</v>
       </c>
-      <c r="BS21" t="n" s="27">
+      <c r="BT21" t="n" s="27">
         <v>1.5501715E7</v>
       </c>
-      <c r="BT21" t="n" s="27">
+      <c r="BU21" t="n" s="27">
         <v>1.6150927E7</v>
       </c>
-      <c r="BU21" t="n" s="27">
+      <c r="BV21" t="n" s="27">
         <v>1.3715843E7</v>
       </c>
-      <c r="BV21" t="n" s="27">
+      <c r="BW21" t="n" s="27">
         <v>1.176382E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
@@ -4720,940 +4778,952 @@
       <c r="AB22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AC22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AD22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AE22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AF22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AG22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AH22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AI22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AJ22" t="n" s="28">
+        <v>1.3473446E7</v>
+      </c>
+      <c r="AK22" t="n" s="28">
         <v>1.3137555E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.3047555E7</v>
       </c>
       <c r="AL22" t="n" s="28">
         <v>1.3047555E7</v>
       </c>
       <c r="AM22" t="n" s="28">
         <v>1.3047555E7</v>
       </c>
       <c r="AN22" t="n" s="28">
-        <v>1.3043335E7</v>
+        <v>1.3047555E7</v>
       </c>
       <c r="AO22" t="n" s="28">
         <v>1.3043335E7</v>
       </c>
       <c r="AP22" t="n" s="28">
+        <v>1.3043335E7</v>
+      </c>
+      <c r="AQ22" t="n" s="28">
         <v>1.3035294E7</v>
       </c>
-      <c r="AQ22" t="n" s="28">
+      <c r="AR22" t="n" s="28">
         <v>1.300838E7</v>
       </c>
-      <c r="AR22" t="n" s="28">
+      <c r="AS22" t="n" s="28">
         <v>1.2940238E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2921066E7</v>
       </c>
       <c r="AT22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AU22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AV22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AW22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AX22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AY22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AZ22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="BA22" t="n" s="28">
+        <v>1.2921066E7</v>
+      </c>
+      <c r="BB22" t="n" s="28">
         <v>1.2501669E7</v>
       </c>
-      <c r="BB22" t="n" s="28">
+      <c r="BC22" t="n" s="28">
         <v>1.2534217E7</v>
       </c>
-      <c r="BC22" t="n" s="28">
+      <c r="BD22" t="n" s="28">
         <v>1.2561363E7</v>
       </c>
-      <c r="BD22" t="n" s="28">
+      <c r="BE22" t="n" s="28">
         <v>1.255092E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.254633E7</v>
       </c>
       <c r="BF22" t="n" s="28">
         <v>1.254633E7</v>
       </c>
       <c r="BG22" t="n" s="28">
         <v>1.254633E7</v>
       </c>
       <c r="BH22" t="n" s="28">
         <v>1.254633E7</v>
       </c>
       <c r="BI22" t="n" s="28">
-        <v>1.2541639E7</v>
+        <v>1.254633E7</v>
       </c>
       <c r="BJ22" t="n" s="28">
         <v>1.2541639E7</v>
       </c>
       <c r="BK22" t="n" s="28">
         <v>1.2541639E7</v>
       </c>
       <c r="BL22" t="n" s="28">
+        <v>1.2541639E7</v>
+      </c>
+      <c r="BM22" t="n" s="28">
         <v>1.2623816E7</v>
       </c>
-      <c r="BM22" t="n" s="28">
+      <c r="BN22" t="n" s="28">
         <v>1.2813726E7</v>
       </c>
-      <c r="BN22" t="n" s="28">
+      <c r="BO22" t="n" s="28">
         <v>1.2623816E7</v>
       </c>
-      <c r="BO22" t="n" s="28">
+      <c r="BP22" t="n" s="28">
         <v>1.2895495E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2891977E7</v>
       </c>
       <c r="BQ22" t="n" s="28">
         <v>1.2891977E7</v>
       </c>
       <c r="BR22" t="n" s="28">
+        <v>1.2891977E7</v>
+      </c>
+      <c r="BS22" t="n" s="28">
         <v>1.2886817E7</v>
       </c>
-      <c r="BS22" t="n" s="28">
+      <c r="BT22" t="n" s="28">
         <v>1.2842699E7</v>
       </c>
-      <c r="BT22" t="n" s="28">
+      <c r="BU22" t="n" s="28">
         <v>1.2839601E7</v>
       </c>
-      <c r="BU22" t="n" s="28">
+      <c r="BV22" t="n" s="28">
         <v>1.2831024E7</v>
       </c>
-      <c r="BV22" t="n" s="28">
+      <c r="BW22" t="n" s="28">
         <v>1.2816667E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>1.6252403E7</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>1.6543475E7</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>1.5573267E7</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>1.3781664E7</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>1.3869715E7</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>1.3886422E7</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>1.6396311E7</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>1.5373797E7</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>1.6983228E7</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>1.7663944E7</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>1.5695945E7</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>1.1682487E7</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>1.1620809E7</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>8577347.0</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>9860835.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>7745697.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>6260904.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>7006032.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>5866779.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>4189163.0</v>
       </c>
-      <c r="U23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>4192435.0</v>
       </c>
-      <c r="V23" t="n" s="29">
+      <c r="W23" t="n" s="29">
         <v>4710516.0</v>
       </c>
-      <c r="W23" t="n" s="29">
+      <c r="X23" t="n" s="29">
         <v>6051054.0</v>
       </c>
-      <c r="X23" t="n" s="29">
+      <c r="Y23" t="n" s="29">
         <v>6084029.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="Z23" t="n" s="29">
         <v>6177878.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>6263678.0</v>
       </c>
-      <c r="AA23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>3980318.0</v>
       </c>
-      <c r="AB23" t="n" s="29">
+      <c r="AC23" t="n" s="29">
         <v>4242732.0</v>
       </c>
-      <c r="AC23" t="n" s="29">
+      <c r="AD23" t="n" s="29">
         <v>3980318.0</v>
       </c>
-      <c r="AD23" t="n" s="29">
+      <c r="AE23" t="n" s="29">
         <v>3736033.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AF23" t="n" s="29">
         <v>3915433.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>2434448.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>2648845.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>2906653.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>3085343.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>3267054.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>4323816.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>5198299.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>6028653.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>6739135.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>4076901.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>5044979.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>5383140.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>6233792.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>6675018.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>4247344.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>4795165.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>6012562.0</v>
       </c>
-      <c r="AW23" t="n" s="29">
+      <c r="AX23" t="n" s="29">
         <v>1.029313E7</v>
       </c>
-      <c r="AX23" t="n" s="29">
+      <c r="AY23" t="n" s="29">
         <v>8099985.0</v>
       </c>
-      <c r="AY23" t="n" s="29">
+      <c r="AZ23" t="n" s="29">
         <v>8013020.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BA23" t="n" s="29">
         <v>8693930.0</v>
       </c>
-      <c r="BA23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>1.0408283E7</v>
       </c>
-      <c r="BB23" t="n" s="29">
+      <c r="BC23" t="n" s="29">
         <v>7751604.0</v>
       </c>
-      <c r="BC23" t="n" s="29">
+      <c r="BD23" t="n" s="29">
         <v>7653963.0</v>
       </c>
-      <c r="BD23" t="n" s="29">
+      <c r="BE23" t="n" s="29">
         <v>8136165.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BF23" t="n" s="29">
         <v>9859252.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>8631603.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>7961396.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>7791562.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>5802394.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>7446254.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>8823475.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>7473632.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>8686739.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>7741664.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>7736432.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>8355146.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>1.0882634E7</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>8529603.0</v>
       </c>
-      <c r="BS23" t="n" s="29">
+      <c r="BT23" t="n" s="29">
         <v>8165052.0</v>
       </c>
-      <c r="BT23" t="n" s="29">
+      <c r="BU23" t="n" s="29">
         <v>7347487.0</v>
       </c>
-      <c r="BU23" t="n" s="29">
+      <c r="BV23" t="n" s="29">
         <v>9139128.0</v>
       </c>
-      <c r="BV23" t="n" s="29">
+      <c r="BW23" t="n" s="29">
         <v>7835616.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>1.5333249E7</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>1.7368474E7</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>1.7571124E7</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>2.2498135E7</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>2.0984916E7</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>2.2042106E7</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>2.2293412E7</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>2.1222198E7</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>2.5303468E7</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>2.3185559E7</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>2.2512375E7</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>1.7629748E7</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>1.673301E7</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>1.5518563E7</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>1.414813E7</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>1.6324166E7</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>1.7795694E7</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>1.528221E7</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>1.8306915E7</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>1.8626914E7</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>1.9265845E7</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>1.5661633E7</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>1.7123987E7</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>1.7285266E7</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>1.7359516E7</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>1.5116842E7</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>1.5695608E7</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>1.41518E7</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>1.5695608E7</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>1.1508178E7</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>1.14627E7</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>1.2401426E7</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>1.0906009E7</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>1.3195724E7</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>1.2717937E7</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>1.4155535E7</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>1.0668685E7</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>1.2028794E7</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>1.1572127E7</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>1.4437846E7</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>1.3717973E7</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>1.2082018E7</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>1.3147252E7</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>1.2816519E7</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>1.354413E7</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>1.6813944E7</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>1.8402603E7</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>1.7673374E7</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>1.2182047E7</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>1.5126753E7</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>1.5835688E7</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>1.7187646E7</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>1.3971487E7</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>1.4417201E7</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>1.3936801E7</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>1.3945197E7</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>1.1915737E7</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>1.5351367E7</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>1.4087764E7</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>1.3885305E7</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>7458171.0</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>2.0688021E7</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>3.0663155E7</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>2.3046499E7</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>1.6534842E7</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>2.18037E7</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>1.8578032E7</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>1.7254185E7</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>1.7257712E7</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>1.8815409E7</v>
       </c>
-      <c r="BS24" t="n" s="30">
+      <c r="BT24" t="n" s="30">
         <v>1.68E7</v>
       </c>
-      <c r="BT24" t="n" s="30">
+      <c r="BU24" t="n" s="30">
         <v>1.9249331E7</v>
       </c>
-      <c r="BU24" t="n" s="30">
+      <c r="BV24" t="n" s="30">
         <v>1.799897E7</v>
       </c>
-      <c r="BV24" t="n" s="30">
+      <c r="BW24" t="n" s="30">
         <v>1.916264E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>6.1971307E7</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>6.0087571E7</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>5.7204746E7</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>6.0307789E7</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>5.8402556E7</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>5.973396E7</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>6.3172665E7</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>6.181043E7</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>6.609134E7</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>6.3169796E7</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>5.909082E7</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>5.024053E7</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>4.8964487E7</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>4.5265022E7</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>4.506674E7</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>4.5793062E7</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>4.4320433E7</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>4.2184942E7</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>4.3202143E7</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>4.2111799E7</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>4.3802346E7</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>4.1569157E7</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>4.4225532E7</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>4.4848733E7</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>4.5146372E7</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>4.224545618E7</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>3.9976204E7</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>3.8701786E7</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>3.9976204E7</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>3.4369279E7</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>3.4500349E7</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>3.3514076E7</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>3.136592E7</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>3.3910345E7</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>3.3023182E7</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>3.4529418E7</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>3.1236062E7</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>3.3328651E7</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>3.3384912E7</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>3.6251896E7</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>3.176396E7</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>3.1586815E7</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>3.2669877E7</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>3.314578E7</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>3.3564653E7</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>3.4298871E7</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>3.520522E7</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>3.5076172E7</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>3.3592332E7</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>3.4176574E7</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>3.4532409E7</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>3.5883439E7</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>3.3239456E7</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>3.2550685E7</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>3.1837698E7</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>3.2131817E7</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>3.194993E7</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>3.3766943E7</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>3.3193855E7</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>3.2423097E7</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>3.4599122E7</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>3.6845634E7</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>4.0557515E7</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>4.6725155E7</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>4.3585582E7</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>4.1045324E7</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>4.3588839E7</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>4.2505559E7</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>4.4322355E7</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>4.3059247E7</v>
       </c>
-      <c r="BS25" t="n" s="31">
+      <c r="BT25" t="n" s="31">
         <v>4.0466767E7</v>
       </c>
-      <c r="BT25" t="n" s="31">
+      <c r="BU25" t="n" s="31">
         <v>4.2747745E7</v>
       </c>
-      <c r="BU25" t="n" s="31">
+      <c r="BV25" t="n" s="31">
         <v>4.0853941E7</v>
       </c>
-      <c r="BV25" t="n" s="31">
+      <c r="BW25" t="n" s="31">
         <v>3.8762076E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B28" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B31" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B35" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B36" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B37" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B38" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BV28"/>
-[...12 lines deleted...]
-    <mergeCell ref="A41:BV41"/>
+    <mergeCell ref="B28:BW28"/>
+    <mergeCell ref="B29:BW29"/>
+    <mergeCell ref="B30:BW30"/>
+    <mergeCell ref="B31:BW31"/>
+    <mergeCell ref="B32:BW32"/>
+    <mergeCell ref="B33:BW33"/>
+    <mergeCell ref="B34:BW34"/>
+    <mergeCell ref="B35:BW35"/>
+    <mergeCell ref="B36:BW36"/>
+    <mergeCell ref="B37:BW37"/>
+    <mergeCell ref="B38:BW38"/>
+    <mergeCell ref="A1:BW1"/>
+    <mergeCell ref="A2:BW2"/>
+    <mergeCell ref="A41:BW41"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>