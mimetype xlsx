--- v1 (2025-12-03)
+++ v2 (2026-03-13)
@@ -6,304 +6,310 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="195">
   <si>
     <t>Mid-year reports - RÁBA PLC.</t>
   </si>
   <si>
     <t>Unaudited, consolidated, in compliance with IFRS</t>
   </si>
   <si>
     <t>Key P&amp;L Figures</t>
   </si>
   <si>
-    <t>Jan 2025 - Sep 2025 (1)</t>
-[...215 lines deleted...]
-    <t>Jan 2006 - Jun 2006 (11)</t>
+    <t>Jan 2025 - Dec 2025 (1)</t>
+  </si>
+  <si>
+    <t>Jan 2025 - Sep 2025 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2025 - Jun 2025 (3)</t>
+  </si>
+  <si>
+    <t>Jan 2025 - Mar 2025 (4)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Sep 2024 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Jun 2024 (3)</t>
+  </si>
+  <si>
+    <t>Jan 2024 - Mar 2024 (4)</t>
+  </si>
+  <si>
+    <t>Jan 2023 - Sep 2023 (2)</t>
+  </si>
+  <si>
+    <t>Jan 2023 - Jun 2023 (5)</t>
+  </si>
+  <si>
+    <t>Jan 2023 - Mar 2023 (6)</t>
+  </si>
+  <si>
+    <t>Jan 2022 - Dec 2022 (7)</t>
+  </si>
+  <si>
+    <t>Jan 2022 - Sep 2022 (8)</t>
+  </si>
+  <si>
+    <t>Jan 2022 - Jun 2022 (9)</t>
+  </si>
+  <si>
+    <t>Jan 2022 - Mar 2022 (6)</t>
+  </si>
+  <si>
+    <t>Jan 2021 - Dec 2021 (7)</t>
+  </si>
+  <si>
+    <t>Jan 2021 - Sep 2021 (8)</t>
+  </si>
+  <si>
+    <t>Jan 2021 - Jun 2021 (5)</t>
+  </si>
+  <si>
+    <t>Jan 2021 - Mar 2021 (10)</t>
+  </si>
+  <si>
+    <t>Jan 2020 - Dec 2020 (7)</t>
+  </si>
+  <si>
+    <t>Jan 2020 - Sep 2020 (8)</t>
+  </si>
+  <si>
+    <t>Jan 2020 - Jun 2020 (9)</t>
+  </si>
+  <si>
+    <t>Jan 2020 - Mar 2020 (10)</t>
+  </si>
+  <si>
+    <t>Jan 2019 - Dec 2019 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2019 - Sep 2019 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2019 - Jun 2019 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2019 - Mar 2019 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2018 - Dec 2018 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2018 - Sep 2018 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2018 - Jun 2018 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2017 - Sep 2017 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2017 - Jun 2017 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2016 - Dec 2016 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2016 - Sep 2016 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2016 - Jun 2016 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2016 - Mar 2016 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2015 - Dec 2015 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2015 - Sep 2015 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2015 - Jun 2015 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2015 - Mar 2015 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2014 - Dec 2014 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2014 - Sep 2014 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2014 - Jun 2014 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2014 - Mar 2014 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2013 - Dec 2013 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2013 - Sep 2013 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2013 - Jun 2013 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2013 - Mar 2013 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2012 - Dec 2012 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2012 - Sep 2012 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2012 - Jun 2012 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2012 - Mar 2012 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2011 - Dec 2011 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2011 - Sep 2011 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2011 - Jun 2011 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2011 - Mar 2011 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2010 - Dec 2010 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2010 - Sep 2010 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2010 - Jun 2010 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2010 - Mar 2010 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2009 - Dec 2009 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2009 - Sep 2009 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2009 - Jun 2009 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2009 - Mar 2009 (11)</t>
+  </si>
+  <si>
+    <t>Jan 2008 - Dec 2008 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2008 - Sep 2008 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2008 - Jun 2008 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2008 - Mar 2008 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2007 - Dec 2007 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2007 - Sep 2007 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2007 - Jun 2007 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2007 - Mar 2007 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2006 - Dec 2006 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2006 - Sep 2006 (12)</t>
+  </si>
+  <si>
+    <t>Jan 2006 - Jun 2006 (12)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>(thousand HUF)</t>
   </si>
   <si>
     <t>Net sales</t>
   </si>
   <si>
     <t>Operating profit (EBIT)</t>
   </si>
   <si>
     <t>Net income from financial activities</t>
   </si>
   <si>
     <t>Profit before tax</t>
   </si>
   <si>
     <t>Profit after tax</t>
   </si>
   <si>
     <t>Key Balance Sheet Items</t>
   </si>
   <si>
+    <t>31 Dec 2025</t>
+  </si>
+  <si>
     <t>30 Sep 2025</t>
   </si>
   <si>
     <t>30 Jun 2025</t>
   </si>
   <si>
     <t>31 Mar 2025</t>
   </si>
   <si>
     <t>30 Sep 2024</t>
   </si>
   <si>
     <t>30 Jun 2024</t>
   </si>
   <si>
     <t>31 Mar 2024</t>
   </si>
   <si>
     <t>30 Sep 2023</t>
   </si>
   <si>
     <t>30 Jun 2023</t>
   </si>
   <si>
     <t>31 Mar 2023</t>
@@ -518,108 +524,114 @@
   <si>
     <t>Inventory</t>
   </si>
   <si>
     <t>Total assets</t>
   </si>
   <si>
     <t>Shareholders equity</t>
   </si>
   <si>
     <t>Share capital</t>
   </si>
   <si>
     <t>Long-term liabilities</t>
   </si>
   <si>
     <t>Short-term liabilities</t>
   </si>
   <si>
     <t>Total liabilities and shareholders equity</t>
   </si>
   <si>
     <t>(1)</t>
   </si>
   <si>
+    <t>non-audited, consolidated, IFRS; Business Year: January 1 - December 31</t>
+  </si>
+  <si>
+    <t>(2)</t>
+  </si>
+  <si>
     <t>non-audited, consolidated, IFRS; Business Year: January 1 - September 30</t>
   </si>
   <si>
-    <t>(2)</t>
+    <t>(3)</t>
   </si>
   <si>
     <t>non-audited, consolidated, IFRS; Business Year: January 1 - June 30</t>
   </si>
   <si>
-    <t>(3)</t>
+    <t>(4)</t>
   </si>
   <si>
     <t>non-audited, consolidated, IFRS; Business Year: January 1 - March 31</t>
   </si>
   <si>
-    <t>(4)</t>
+    <t>(5)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - June 30)</t>
   </si>
   <si>
-    <t>(5)</t>
+    <t>(6)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - March )</t>
   </si>
   <si>
-    <t>(6)</t>
+    <t>(7)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - December )</t>
   </si>
   <si>
-    <t>(7)</t>
+    <t>(8)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - September )</t>
   </si>
   <si>
-    <t>(8)</t>
+    <t>(9)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - June )</t>
   </si>
   <si>
-    <t>(9)</t>
+    <t>(10)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - March 31)</t>
   </si>
   <si>
-    <t>(10)</t>
+    <t>(11)</t>
   </si>
   <si>
     <t>Non-audited, consolidated, in compliance with IFRS (Business Year: January 1 - December 31)</t>
   </si>
   <si>
-    <t>(11)</t>
+    <t>(12)</t>
   </si>
   <si>
     <t>The information provided herein is for information purposes only and contains data submitted or uploaded by issuers. Data presented herein may be modified based on base period data in subsequent financial reports. The Budapest Stock Exchange Ltd. makes no representation or warranty as to the accuracy, completeness or authenticity of the data. For detailed terms of use, principles of data protection and liability provisions please refer to the relevant legal disclaimer. For further information please consult the relevant financial statements disclosed by the issuer.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -719,131 +731,132 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BX41"/>
+  <dimension ref="A1:BY42"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="37.2421875" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="22.828125" customWidth="true" bestFit="true"/>
-[...27 lines deleted...]
-    <col min="30" max="30" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="23.40234375" customWidth="true" bestFit="true"/>
     <col min="31" max="31" width="23.9921875" customWidth="true" bestFit="true"/>
-    <col min="32" max="32" width="23.40234375" customWidth="true" bestFit="true"/>
-[...42 lines deleted...]
-    <col min="75" max="75" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="23.40234375" customWidth="true" bestFit="true"/>
+    <col min="73" max="73" width="23.99609375" customWidth="true" bestFit="true"/>
+    <col min="74" max="74" width="24.0859375" customWidth="true" bestFit="true"/>
+    <col min="75" max="75" width="23.9921875" customWidth="true" bestFit="true"/>
+    <col min="76" max="76" width="23.40234375" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -901,54 +914,54 @@
       <c r="V4" t="s" s="1">
         <v>23</v>
       </c>
       <c r="W4" t="s" s="1">
         <v>24</v>
       </c>
       <c r="X4" t="s" s="1">
         <v>25</v>
       </c>
       <c r="Y4" t="s" s="1">
         <v>26</v>
       </c>
       <c r="Z4" t="s" s="1">
         <v>27</v>
       </c>
       <c r="AA4" t="s" s="1">
         <v>28</v>
       </c>
       <c r="AB4" t="s" s="1">
         <v>29</v>
       </c>
       <c r="AC4" t="s" s="1">
         <v>30</v>
       </c>
       <c r="AD4" t="s" s="1">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AE4" t="s" s="1">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="AF4" t="s" s="1">
         <v>32</v>
       </c>
       <c r="AG4" t="s" s="1">
         <v>33</v>
       </c>
       <c r="AH4" t="s" s="1">
         <v>34</v>
       </c>
       <c r="AI4" t="s" s="1">
         <v>35</v>
       </c>
       <c r="AJ4" t="s" s="1">
         <v>36</v>
       </c>
       <c r="AK4" t="s" s="1">
         <v>37</v>
       </c>
       <c r="AL4" t="s" s="1">
         <v>38</v>
       </c>
       <c r="AM4" t="s" s="1">
         <v>39</v>
       </c>
@@ -1037,3687 +1050,3738 @@
         <v>67</v>
       </c>
       <c r="BP4" t="s" s="1">
         <v>68</v>
       </c>
       <c r="BQ4" t="s" s="1">
         <v>69</v>
       </c>
       <c r="BR4" t="s" s="1">
         <v>70</v>
       </c>
       <c r="BS4" t="s" s="1">
         <v>71</v>
       </c>
       <c r="BT4" t="s" s="1">
         <v>72</v>
       </c>
       <c r="BU4" t="s" s="1">
         <v>73</v>
       </c>
       <c r="BV4" t="s" s="1">
         <v>74</v>
       </c>
       <c r="BW4" t="s" s="1">
         <v>75</v>
+      </c>
+      <c r="BX4" t="s" s="1">
+        <v>76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BS5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BT5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BU5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BV5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BW5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="BX5" t="s" s="2">
+        <v>78</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>5.4240428E7</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>4.066046E7</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>2.8822814E7</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>1.4548797E7</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>4.3135244E7</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>3.1397821E7</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>1.7008783E7</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>5.5974141E7</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>4.0024662E7</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>2.0332293E7</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>6.4346577E7</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>4.5846598E7</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>3.0007278E7</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>1.3265153E7</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>4.643561E7</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>3.3226821E7</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>2.3707013E7</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>1.1376736E7</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>3.8754452E7</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>2.7763839E7</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>1.9213992E7</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>1.1856038E7</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>4.9781657E7</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>3.7922473E7</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>2.7638384E7</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>1.4724695E7</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>4.8631833E7</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>3.4689026E7</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>2.4476671E7</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>3.4689026E7</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>3.0826917E7</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>2.1626097E7</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>4.2628737E7</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>2.8977336E7</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>2.0525518E7</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>9594909.0</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>4.6153557E7</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>3.2930898E7</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>2.4520914E7</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>1.3914255E7</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>4.7915785E7</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>3.3903568E7</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>2.6870833E7</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>1.1836807E7</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>4.7485291E7</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>3.4724272E7</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>2.372435E7</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>1.1434076E7</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>4.2345858E7</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>3.1110663E7</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>2.1220275E7</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>9827438.0</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>3.9319019E7</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>2.6378221E7</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>1.8160557E7</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>9264459.0</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>3.5777557E7</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>2.5482796E7</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>8097329.0</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>7890402.0</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>3.3923124E7</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>2.5402039E7</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>1.8288568E7</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>9670294.0</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>5.8682966E7</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>4.5247033E7</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>3.2918292E7</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>1.6847727E7</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>5.8217569E7</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>4.1486245E7</v>
       </c>
-      <c r="BS6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>2.7825839E7</v>
       </c>
-      <c r="BT6" t="n" s="3">
+      <c r="BU6" t="n" s="3">
         <v>1.3183206E7</v>
       </c>
-      <c r="BU6" t="n" s="3">
+      <c r="BV6" t="n" s="3">
         <v>5.0310729E7</v>
       </c>
-      <c r="BV6" t="n" s="3">
+      <c r="BW6" t="n" s="3">
         <v>3.6598936E7</v>
       </c>
-      <c r="BW6" t="n" s="3">
+      <c r="BX6" t="n" s="3">
         <v>2.5076047E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>3664184.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>7317252.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>2697009.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>9947.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>1398022.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>564296.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>558298.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>1926619.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>1809204.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>509031.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>2043973.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>1084702.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>749758.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>-484154.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>1977787.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>1425590.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>1804113.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>398578.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>68049.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>-1037164.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>-1102069.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>-119637.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>1340082.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>1192172.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>1228704.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>930037.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>1750611.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>1095207.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>1043775.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>1095207.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>1086820.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>993364.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>2000024.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>801864.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>782824.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>232423.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>2193994.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>1032740.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>1147591.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>403034.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>1891422.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>451836.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>908977.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>444126.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>3280735.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>2404957.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>2007046.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>748990.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>1334497.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>559716.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>400838.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>103788.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>1640918.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>-70338.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>162600.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>-180289.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>861156.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>263501.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>410712.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>-43791.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>724467.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>55638.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>551548.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>537062.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>6783280.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>407998.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>746596.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>602269.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>1400688.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>550086.0</v>
       </c>
-      <c r="BS7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>382915.0</v>
       </c>
-      <c r="BT7" t="n" s="7">
+      <c r="BU7" t="n" s="7">
         <v>116036.0</v>
       </c>
-      <c r="BU7" t="n" s="7">
+      <c r="BV7" t="n" s="7">
         <v>543542.0</v>
       </c>
-      <c r="BV7" t="n" s="7">
+      <c r="BW7" t="n" s="7">
         <v>431972.0</v>
       </c>
-      <c r="BW7" t="n" s="7">
+      <c r="BX7" t="n" s="7">
         <v>305420.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>251286.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>201312.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>59267.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>166048.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>-923719.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>-679344.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>-567813.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>263227.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>1001386.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>661784.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-1075172.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-1693151.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>-906194.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>-64470.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>-207620.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>45461.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>260119.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>66185.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-908669.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-903624.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-651315.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>-635471.0</v>
       </c>
-      <c r="W8" t="n" s="8">
+      <c r="X8" t="n" s="8">
         <v>-411354.0</v>
       </c>
-      <c r="X8" t="n" s="8">
+      <c r="Y8" t="n" s="8">
         <v>-481508.0</v>
       </c>
-      <c r="Y8" t="n" s="8">
+      <c r="Z8" t="n" s="8">
         <v>-93438.0</v>
       </c>
-      <c r="Z8" t="n" s="8">
+      <c r="AA8" t="n" s="8">
         <v>-6941.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-108954.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>-139701.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>-153798.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-139701.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-90569.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>-41378.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>-10736.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>24297.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>-24883.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>-32766.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>168009.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>134280.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>146157.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>455637.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>-583614.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>-442390.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>-467581.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>-374789.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>28650.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>44391.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>317970.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>245107.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>-456671.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>-218807.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>-178578.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>-108626.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>-1001493.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>-841240.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>365939.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>467664.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>-388523.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>-287868.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>-1117808.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>660710.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>-216722.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>-3824212.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>0.0</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>-1.2788716E7</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>-6434538.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>1767832.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>0.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>-115313.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>518564.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>620729.0</v>
       </c>
-      <c r="BS8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>-46820.0</v>
       </c>
-      <c r="BT8" t="n" s="8">
+      <c r="BU8" t="n" s="8">
         <v>2009.0</v>
       </c>
-      <c r="BU8" t="n" s="8">
+      <c r="BV8" t="n" s="8">
         <v>4354118.0</v>
       </c>
-      <c r="BV8" t="n" s="8">
+      <c r="BW8" t="n" s="8">
         <v>954490.0</v>
       </c>
-      <c r="BW8" t="n" s="8">
+      <c r="BX8" t="n" s="8">
         <v>-1187111.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>3915470.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>7518564.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>2756276.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>175995.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>474303.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>-115048.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>-9515.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>2189846.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>2810590.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>1170815.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>1077412.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>-499838.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>-47824.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>-492998.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>1774616.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>1475499.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>2094010.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>476299.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1928880.0</v>
       </c>
       <c r="T9" t="n" s="9">
         <v>-1928880.0</v>
       </c>
       <c r="U9" t="n" s="9">
+        <v>-1928880.0</v>
+      </c>
+      <c r="V9" t="n" s="9">
         <v>-1737932.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>-748292.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>1004473.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>710664.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>1135266.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>923096.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>1641657.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>955506.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>889977.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>955506.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>996251.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>951986.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>1989288.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>826161.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>757941.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>199657.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>2362003.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>1167020.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>1293748.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>858671.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>1307808.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>9446.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>441396.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>69337.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>3309385.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>2449348.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>2325016.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>994097.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>877826.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>340909.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>222260.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>-4839.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>515163.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>-1035840.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>419698.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>240585.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>272005.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>-194551.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>-823843.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>556452.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>135754.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>-3992568.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>-2552098.0</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>-1.2312627E7</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>348742.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>2175830.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>1290733.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>486956.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>1919252.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>1170815.0</v>
       </c>
-      <c r="BS9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>336095.0</v>
       </c>
-      <c r="BT9" t="n" s="9">
+      <c r="BU9" t="n" s="9">
         <v>118045.0</v>
       </c>
-      <c r="BU9" t="n" s="9">
+      <c r="BV9" t="n" s="9">
         <v>4897660.0</v>
       </c>
-      <c r="BV9" t="n" s="9">
+      <c r="BW9" t="n" s="9">
         <v>1386462.0</v>
       </c>
-      <c r="BW9" t="n" s="9">
+      <c r="BX9" t="n" s="9">
         <v>-881691.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>2914991.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>6346417.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>2136384.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>21116.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>31729.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>-448335.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>-190828.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>1670449.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>2401942.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>992150.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>623036.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>-814757.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>-252028.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>-569655.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>1271978.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>1160640.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>1826064.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>363708.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>-1130066.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>-2168559.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>-1901286.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>-852944.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>571872.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>425356.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>854390.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>744027.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>1196910.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>632252.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>639227.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>632252.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>715880.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>713028.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>1377079.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>509944.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>506846.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>109617.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>1951525.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>853435.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>1026611.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>709185.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>852090.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>-253738.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>244172.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>-16755.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>2688181.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>1967928.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>1918488.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>859966.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>569261.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>178055.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>159271.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>33884.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>464992.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>-1256727.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>250246.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>177221.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>-855779.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>-576014.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>-966981.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>398466.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>-700645.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>-4033698.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>-2732703.0</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>-1.0373177E7</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>-393162.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>1612942.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>889081.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>362802.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>1413789.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>725314.0</v>
       </c>
-      <c r="BS10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>262700.0</v>
       </c>
-      <c r="BT10" t="n" s="10">
+      <c r="BU10" t="n" s="10">
         <v>74763.0</v>
       </c>
-      <c r="BU10" t="n" s="10">
+      <c r="BV10" t="n" s="10">
         <v>3530090.0</v>
       </c>
-      <c r="BV10" t="n" s="10">
+      <c r="BW10" t="n" s="10">
         <v>1123293.0</v>
       </c>
-      <c r="BW10" t="n" s="10">
+      <c r="BX10" t="n" s="10">
         <v>-825807.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="AE12" t="s" s="11">
         <v>112</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BS12" t="s" s="11">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="BT12" t="s" s="11">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="BU12" t="s" s="11">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="BV12" t="s" s="11">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="BW12" t="s" s="11">
-        <v>156</v>
+        <v>157</v>
+      </c>
+      <c r="BX12" t="s" s="11">
+        <v>158</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BS13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BT13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BU13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BV13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BW13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="BX13" t="s" s="12">
+        <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>3.1441337E7</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>3.2335604E7</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>3.1969723E7</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>3.2182698E7</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>3.170767E7</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>3.1728747E7</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>3.060294E7</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>2.790919E7</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>2.6950552E7</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>2.6571153E7</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>2.6537039E7</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>2.7167453E7</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>2.6057219E7</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>2.5802536E7</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>2.6279915E7</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>2.6495477E7</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>2.6409114E7</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>2.6869316E7</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>2.7014982E7</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>2.7342017E7</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>2.715418E7</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>2.6201288E7</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>2.6563242E7</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>2.624758E7</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>2.1202784E7</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>2.0269235E7</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>2.0020605E7</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>1.8848854E7</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>1.7999917E7</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>1.8848854E7</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>1.6200916E7</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>1.5786657E7</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>1.5799062E7</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>1.5931567E7</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>1.6153902E7</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>1.6292106E7</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>1.6722865E7</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>1.6075502E7</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>1.6496124E7</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>1.6916928E7</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>1.7276154E7</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>1.6740551E7</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>1.6030642E7</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>1.5952745E7</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>1.6254216E7</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>1.6444772E7</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>1.6227009E7</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>1.6166888E7</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>1.6507498E7</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>1.6094812E7</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>1.6093086E7</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>1.5967356E7</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>1.610674E7</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>1.5372808E7</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>1.4877908E7</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>1.5118244E7</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>1.5347444E7</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>1.5804771E7</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>1.6145027E7</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>1.6446591E7</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>1.7788295E7</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>1.8781704E7</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>1.9134106E7</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>2.1498794E7</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>2.5655105E7</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>1.9411031E7</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>1.9966555E7</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>1.9431298E7</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>1.935985E7</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>1.927309E7</v>
       </c>
-      <c r="BS14" t="n" s="13">
+      <c r="BT14" t="n" s="13">
         <v>1.8887648E7</v>
       </c>
-      <c r="BT14" t="n" s="13">
+      <c r="BU14" t="n" s="13">
         <v>1.8474839E7</v>
       </c>
-      <c r="BU14" t="n" s="13">
+      <c r="BV14" t="n" s="13">
         <v>1.7761073E7</v>
       </c>
-      <c r="BV14" t="n" s="13">
+      <c r="BW14" t="n" s="13">
         <v>2.0166341E7</v>
       </c>
-      <c r="BW14" t="n" s="13">
+      <c r="BX14" t="n" s="13">
         <v>2.0542496E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>769781.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>645742.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>641771.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>732680.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>31093.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>34812.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>38531.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>45605.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>39117.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>43025.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>47336.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>13536.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>22039.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>31608.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>41320.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>51084.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>48710.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>76327.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>88857.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>100519.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>117605.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>132151.0</v>
       </c>
-      <c r="W15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>147709.0</v>
       </c>
-      <c r="X15" t="n" s="14">
+      <c r="Y15" t="n" s="14">
         <v>154640.0</v>
       </c>
-      <c r="Y15" t="n" s="14">
+      <c r="Z15" t="n" s="14">
         <v>154988.0</v>
       </c>
-      <c r="Z15" t="n" s="14">
+      <c r="AA15" t="n" s="14">
         <v>162266.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AB15" t="n" s="14">
         <v>182826.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>203866.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>227281.0</v>
       </c>
-      <c r="AD15" t="n" s="14">
+      <c r="AE15" t="n" s="14">
         <v>203866.0</v>
       </c>
-      <c r="AE15" t="n" s="14">
+      <c r="AF15" t="n" s="14">
         <v>334284.0</v>
       </c>
-      <c r="AF15" t="n" s="14">
+      <c r="AG15" t="n" s="14">
         <v>383615.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AH15" t="n" s="14">
         <v>499559.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>578111.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>647793.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>716940.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>789131.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>863005.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>934055.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>1008198.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>1070705.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>964362.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>1023320.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>914792.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>879193.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>904200.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>964244.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>995644.0</v>
       </c>
-      <c r="AW15" t="n" s="14">
+      <c r="AX15" t="n" s="14">
         <v>1046740.0</v>
       </c>
-      <c r="AX15" t="n" s="14">
+      <c r="AY15" t="n" s="14">
         <v>1015845.0</v>
       </c>
-      <c r="AY15" t="n" s="14">
+      <c r="AZ15" t="n" s="14">
         <v>1010241.0</v>
       </c>
-      <c r="AZ15" t="n" s="14">
+      <c r="BA15" t="n" s="14">
         <v>1010938.0</v>
       </c>
-      <c r="BA15" t="n" s="14">
+      <c r="BB15" t="n" s="14">
         <v>971345.0</v>
       </c>
-      <c r="BB15" t="n" s="14">
+      <c r="BC15" t="n" s="14">
         <v>869080.0</v>
       </c>
-      <c r="BC15" t="n" s="14">
+      <c r="BD15" t="n" s="14">
         <v>736952.0</v>
       </c>
-      <c r="BD15" t="n" s="14">
+      <c r="BE15" t="n" s="14">
         <v>691063.0</v>
       </c>
-      <c r="BE15" t="n" s="14">
+      <c r="BF15" t="n" s="14">
         <v>631396.0</v>
       </c>
-      <c r="BF15" t="n" s="14">
+      <c r="BG15" t="n" s="14">
         <v>553177.0</v>
       </c>
-      <c r="BG15" t="n" s="14">
+      <c r="BH15" t="n" s="14">
         <v>512240.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>555829.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>612945.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>530976.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>500437.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>549927.0</v>
       </c>
-      <c r="BM15" t="n" s="14">
+      <c r="BN15" t="n" s="14">
         <v>589351.0</v>
       </c>
-      <c r="BN15" t="n" s="14">
+      <c r="BO15" t="n" s="14">
         <v>496987.0</v>
       </c>
-      <c r="BO15" t="n" s="14">
+      <c r="BP15" t="n" s="14">
         <v>589351.0</v>
       </c>
-      <c r="BP15" t="n" s="14">
+      <c r="BQ15" t="n" s="14">
         <v>437553.0</v>
       </c>
-      <c r="BQ15" t="n" s="14">
+      <c r="BR15" t="n" s="14">
         <v>487736.0</v>
       </c>
-      <c r="BR15" t="n" s="14">
+      <c r="BS15" t="n" s="14">
         <v>475805.0</v>
       </c>
-      <c r="BS15" t="n" s="14">
+      <c r="BT15" t="n" s="14">
         <v>357167.0</v>
       </c>
-      <c r="BT15" t="n" s="14">
+      <c r="BU15" t="n" s="14">
         <v>364482.0</v>
       </c>
-      <c r="BU15" t="n" s="14">
+      <c r="BV15" t="n" s="14">
         <v>84204.0</v>
       </c>
-      <c r="BV15" t="n" s="14">
+      <c r="BW15" t="n" s="14">
         <v>106942.0</v>
       </c>
-      <c r="BW15" t="n" s="14">
+      <c r="BX15" t="n" s="14">
         <v>129708.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>3.0406984E7</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>3.1374276E7</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>3.0887791E7</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>3.099896E7</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>3.1271669E7</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>3.1289028E7</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>3.0159502E7</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>2.7499527E7</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>2.6547375E7</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>2.6163989E7</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>2.5641017E7</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>2.6297723E7</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>2.5107343E7</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>2.4895457E7</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>2.5419834E7</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>2.5561411E7</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>2.5460723E7</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>2.5895805E7</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>2.5987311E7</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>2.7079729E7</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>2.6047545E7</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>2.506795E7</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>2.5394003E7</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>2.4988353E7</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>1.9932311E7</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>1.9436189E7</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>1.9482893E7</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>1.7936212E7</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>1.7045577E7</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>1.7936212E7</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>1.5050726E7</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>1.4571207E7</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>1.4409547E7</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>1.4349644E7</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>1.4479715E7</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>1.4492222E7</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>1.4832253E7</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>1.4070627E7</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>1.4403489E7</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>1.472914E7</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>1.4976905E7</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>1.4474332E7</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>1.3995247E7</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>1.3987125E7</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>1.4294091E7</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>1.4086823E7</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>1.4129842E7</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>1.3849889E7</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>1.4115961E7</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>1.4293272E7</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>1.4241616E7</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>1.4114849E7</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>1.4277848E7</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>1.4083433E7</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>1.3709812E7</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>1.3875265E7</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>1.4110799E7</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>1.4235691E7</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>1.4037166E7</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>1.4337577E7</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>1.5084157E7</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>1.5097805E7</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>1.5613853E7</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>1.5783246E7</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>1.6173131E7</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>1.623525E7</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>1.6173131E7</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>1.6141037E7</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>1.5976027E7</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>1.6975778E7</v>
       </c>
-      <c r="BS16" t="n" s="18">
+      <c r="BT16" t="n" s="18">
         <v>1.6699303E7</v>
       </c>
-      <c r="BT16" t="n" s="18">
+      <c r="BU16" t="n" s="18">
         <v>1.6257123E7</v>
       </c>
-      <c r="BU16" t="n" s="18">
+      <c r="BV16" t="n" s="18">
         <v>1.6463056E7</v>
       </c>
-      <c r="BV16" t="n" s="18">
+      <c r="BW16" t="n" s="18">
         <v>1.7836046E7</v>
       </c>
-      <c r="BW16" t="n" s="18">
+      <c r="BX16" t="n" s="18">
         <v>1.8003415E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B17" t="n" s="19">
-        <v>8058.0</v>
+        <v>205.0</v>
       </c>
       <c r="C17" t="n" s="19">
         <v>8058.0</v>
       </c>
       <c r="D17" t="n" s="19">
         <v>8058.0</v>
       </c>
       <c r="E17" t="n" s="19">
-        <v>39405.0</v>
+        <v>8058.0</v>
       </c>
       <c r="F17" t="n" s="19">
         <v>39405.0</v>
       </c>
       <c r="G17" t="n" s="19">
         <v>39405.0</v>
       </c>
       <c r="H17" t="n" s="19">
-        <v>205.0</v>
+        <v>39405.0</v>
       </c>
       <c r="I17" t="n" s="19">
         <v>205.0</v>
       </c>
       <c r="J17" t="n" s="19">
         <v>205.0</v>
       </c>
       <c r="K17" t="n" s="19">
+        <v>205.0</v>
+      </c>
+      <c r="L17" t="n" s="19">
         <v>82775.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>114278.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>185432.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>105120.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>53907.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>129699.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>145729.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>117400.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>130896.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>161769.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>106839.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>127484.0</v>
       </c>
-      <c r="W17" t="n" s="19">
+      <c r="X17" t="n" s="19">
         <v>148859.0</v>
       </c>
-      <c r="X17" t="n" s="19">
+      <c r="Y17" t="n" s="19">
         <v>278679.0</v>
       </c>
-      <c r="Y17" t="n" s="19">
+      <c r="Z17" t="n" s="19">
         <v>296408.0</v>
       </c>
-      <c r="Z17" t="n" s="19">
+      <c r="AA17" t="n" s="19">
         <v>314136.0</v>
       </c>
-      <c r="AA17" t="n" s="19">
+      <c r="AB17" t="n" s="19">
         <v>332616.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AC17" t="n" s="19">
         <v>213338.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>231067.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>213338.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>291639.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>308268.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>342893.0</v>
       </c>
-      <c r="AH17" t="n" s="19">
+      <c r="AI17" t="n" s="19">
         <v>376877.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>394606.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>412335.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>430063.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>448922.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>465250.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>482979.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>501458.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>519187.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>540143.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>557873.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>576913.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>593642.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>611371.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>624349.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>642079.0</v>
       </c>
-      <c r="AX17" t="n" s="19">
+      <c r="AY17" t="n" s="19">
         <v>4392.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4597.0</v>
       </c>
       <c r="AZ17" t="n" s="19">
         <v>4597.0</v>
       </c>
       <c r="BA17" t="n" s="19">
+        <v>4597.0</v>
+      </c>
+      <c r="BB17" t="n" s="19">
         <v>4598.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>205.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>15626.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>77677.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>120023.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>46738.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>107174.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>169653.0</v>
       </c>
-      <c r="BI17" t="n" s="19">
+      <c r="BJ17" t="n" s="19">
         <v>943002.0</v>
       </c>
-      <c r="BJ17" t="s" s="19">
-[...2 lines deleted...]
-      <c r="BK17" t="n" s="19">
+      <c r="BK17" t="s" s="19">
+        <v>77</v>
+      </c>
+      <c r="BL17" t="n" s="19">
         <v>890675.0</v>
       </c>
-      <c r="BL17" t="n" s="19">
+      <c r="BM17" t="n" s="19">
         <v>987104.0</v>
       </c>
-      <c r="BM17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BN17" t="s" s="19">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="BO17" t="n" s="19">
+        <v>77</v>
+      </c>
+      <c r="BO17" t="s" s="19">
+        <v>77</v>
+      </c>
+      <c r="BP17" t="n" s="19">
         <v>1048483.0</v>
       </c>
-      <c r="BP17" t="n" s="19">
+      <c r="BQ17" t="n" s="19">
         <v>1269357.0</v>
       </c>
-      <c r="BQ17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BR17" t="s" s="19">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="BS17" t="n" s="19">
+        <v>77</v>
+      </c>
+      <c r="BS17" t="s" s="19">
+        <v>77</v>
+      </c>
+      <c r="BT17" t="n" s="19">
         <v>205.0</v>
       </c>
-      <c r="BT17" t="n" s="19">
+      <c r="BU17" t="n" s="19">
         <v>2975.0</v>
       </c>
-      <c r="BU17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BV17" t="s" s="19">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="BW17" t="s" s="19">
-        <v>76</v>
+        <v>77</v>
+      </c>
+      <c r="BX17" t="s" s="19">
+        <v>77</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>2.7738426E7</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>2.9635703E7</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>2.8117848E7</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>2.5022048E7</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>2.8600119E7</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>2.6673809E7</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>2.913102E7</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>3.5263475E7</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>3.4859878E7</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>3.9520187E7</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>3.6632757E7</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>3.1923367E7</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>2.4183311E7</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>2.3161951E7</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>1.8985107E7</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>1.8571263E7</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>1.9383948E7</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>1.7451117E7</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>1.516996E7</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>1.5860126E7</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>1.4957619E7</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>1.7601058E7</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>1.5005915E7</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>1.7977952E7</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>2.3645949E7</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>2.4877137E7</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>2.2224851E7</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>2.112735E7</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>2.0701869E7</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>2.112735E7</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>1.8168363E7</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>1.8713692E7</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>1.7715014E7</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>1.5434353E7</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>1.7756443E7</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>1.6731076E7</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>1.7806553E7</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>1.516056E7</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>1.6832527E7</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>1.6467984E7</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>1.8975742E7</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>1.5023409E7</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>1.5556173E7</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>1.6717132E7</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>1.6891564E7</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>1.7119881E7</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>1.8071862E7</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>1.9038332E7</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>1.8568674E7</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>1.749752E7</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>1.8083488E7</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>1.8565053E7</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>1.9776699E7</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>1.7866648E7</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>1.7672777E7</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>1.6719454E7</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>1.6784373E7</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>1.6145159E7</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>1.7621916E7</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>1.6747264E7</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>1.4634802E7</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>1.5817418E7</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>1.7711528E7</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>1.9058721E7</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>2.107005E7</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>2.4174551E7</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>2.1078769E7</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>2.4157541E7</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>2.3145709E7</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>2.5049265E7</v>
       </c>
-      <c r="BS18" t="n" s="20">
+      <c r="BT18" t="n" s="20">
         <v>2.4171599E7</v>
       </c>
-      <c r="BT18" t="n" s="20">
+      <c r="BU18" t="n" s="20">
         <v>2.1991928E7</v>
       </c>
-      <c r="BU18" t="n" s="20">
+      <c r="BV18" t="n" s="20">
         <v>2.4986672E7</v>
       </c>
-      <c r="BV18" t="n" s="20">
+      <c r="BW18" t="n" s="20">
         <v>2.06876E7</v>
       </c>
-      <c r="BW18" t="n" s="20">
+      <c r="BX18" t="n" s="20">
         <v>1.821958E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>1.1688202E7</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>1.289383E7</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>1.1549171E7</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>1.2243176E7</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>1.4663411E7</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>1.3280879E7</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>1.4132531E7</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>1.6763278E7</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>1.6286826E7</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>1.6776903E7</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>1.5987209E7</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>1.5927144E7</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>1.2173268E7</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>1.2069317E7</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>9942313.0</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>1.0415444E7</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>8865650.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>7201339.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>5807858.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>6621181.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>7136350.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>7916287.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>7651242.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>9954678.0</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>1.0180006E7</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>9861593.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>9205735.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>9326668.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>8068393.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>9326668.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>7924118.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>7485413.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>5728057.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>7419190.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>6321163.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>6488794.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>6210830.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>7808483.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>6921144.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>6665594.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>6629453.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>7934986.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>7436424.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>7279302.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>7164299.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>8598293.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>8787576.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>8771663.0</v>
       </c>
-      <c r="AW19" t="n" s="21">
+      <c r="AX19" t="n" s="21">
         <v>8424297.0</v>
       </c>
-      <c r="AX19" t="n" s="21">
+      <c r="AY19" t="n" s="21">
         <v>8634609.0</v>
       </c>
-      <c r="AY19" t="n" s="21">
+      <c r="AZ19" t="n" s="21">
         <v>8442137.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
+      <c r="BA19" t="n" s="21">
         <v>8821752.0</v>
       </c>
-      <c r="BA19" t="n" s="21">
+      <c r="BB19" t="n" s="21">
         <v>8163159.0</v>
       </c>
-      <c r="BB19" t="n" s="21">
+      <c r="BC19" t="n" s="21">
         <v>8719103.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>7994787.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
+      <c r="BE19" t="n" s="21">
         <v>8030670.0</v>
       </c>
-      <c r="BE19" t="n" s="21">
+      <c r="BF19" t="n" s="21">
         <v>7559574.0</v>
       </c>
-      <c r="BF19" t="n" s="21">
+      <c r="BG19" t="n" s="21">
         <v>8019609.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
+      <c r="BH19" t="n" s="21">
         <v>7301841.0</v>
       </c>
-      <c r="BH19" t="n" s="21">
+      <c r="BI19" t="n" s="21">
         <v>7351819.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>6917526.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>8095296.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>8681994.0</v>
       </c>
-      <c r="BL19" t="n" s="21">
+      <c r="BM19" t="n" s="21">
         <v>9787194.0</v>
       </c>
-      <c r="BM19" t="n" s="21">
+      <c r="BN19" t="n" s="21">
         <v>1.0137571E7</v>
       </c>
-      <c r="BN19" t="n" s="21">
+      <c r="BO19" t="n" s="21">
         <v>1.0435816E7</v>
       </c>
-      <c r="BO19" t="n" s="21">
+      <c r="BP19" t="n" s="21">
         <v>1.0101383E7</v>
       </c>
-      <c r="BP19" t="n" s="21">
+      <c r="BQ19" t="n" s="21">
         <v>9647308.0</v>
       </c>
-      <c r="BQ19" t="n" s="21">
+      <c r="BR19" t="n" s="21">
         <v>9321700.0</v>
       </c>
-      <c r="BR19" t="n" s="21">
+      <c r="BS19" t="n" s="21">
         <v>9701405.0</v>
       </c>
-      <c r="BS19" t="n" s="21">
+      <c r="BT19" t="n" s="21">
         <v>1.0153312E7</v>
       </c>
-      <c r="BT19" t="n" s="21">
+      <c r="BU19" t="n" s="21">
         <v>9854774.0</v>
       </c>
-      <c r="BU19" t="n" s="21">
+      <c r="BV19" t="n" s="21">
         <v>8561364.0</v>
       </c>
-      <c r="BV19" t="n" s="21">
+      <c r="BW19" t="n" s="21">
         <v>9547004.0</v>
       </c>
-      <c r="BW19" t="n" s="21">
+      <c r="BX19" t="n" s="21">
         <v>8454588.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>5.9179763E7</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>6.1971307E7</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>6.0087571E7</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>5.7204746E7</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>6.0307789E7</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>5.8402556E7</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>5.973396E7</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>6.3172665E7</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>6.181043E7</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>6.609134E7</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>6.3169796E7</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>5.909082E7</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>5.024053E7</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>4.8964487E7</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>4.5265022E7</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>4.506674E7</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>4.5793062E7</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>4.4320433E7</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>4.2184942E7</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>4.3202143E7</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>4.2111799E7</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>4.3802346E7</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>4.1569157E7</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>4.4225532E7</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>4.4848733E7</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>4.5146372E7</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>4.2245456E7</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>3.9976204E7</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>3.8701786E7</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>3.9976204E7</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>3.4369279E7</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>3.4500349E7</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>3.3514076E7</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>3.136592E7</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>3.3910345E7</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>3.3023182E7</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>3.4529418E7</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>3.1236062E7</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>3.3328651E7</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>3.3384912E7</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>3.6251896E7</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>3.176396E7</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>3.1586815E7</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>3.2669877E7</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>3.314578E7</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>3.3564653E7</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>3.4298871E7</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>3.520522E7</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>3.5076172E7</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>3.3592332E7</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>3.4176574E7</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>3.4532409E7</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>3.5883439E7</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>3.3239456E7</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>3.2550685E7</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>3.1837698E7</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>3.2131817E7</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>3.194993E7</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>3.3766943E7</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>3.3193855E7</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>3.2423097E7</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>3.4599122E7</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>3.6845634E7</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>4.0557515E7</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>4.6725155E7</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>4.3585582E7</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>4.1045324E7</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>4.3588839E7</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>4.2505559E7</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>4.4322355E7</v>
       </c>
-      <c r="BS20" t="n" s="22">
+      <c r="BT20" t="n" s="22">
         <v>4.3059247E7</v>
       </c>
-      <c r="BT20" t="n" s="22">
+      <c r="BU20" t="n" s="22">
         <v>4.0466767E7</v>
       </c>
-      <c r="BU20" t="n" s="22">
+      <c r="BV20" t="n" s="22">
         <v>4.2747745E7</v>
       </c>
-      <c r="BV20" t="n" s="22">
+      <c r="BW20" t="n" s="22">
         <v>4.0853941E7</v>
       </c>
-      <c r="BW20" t="n" s="22">
+      <c r="BX20" t="n" s="22">
         <v>3.8762076E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>2.6954229E7</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>3.0385655E7</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>2.6175622E7</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>2.4060355E7</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>2.402799E7</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>2.3547925E7</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>2.3805432E7</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>2.4482942E7</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>2.5214435E7</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>2.3804644E7</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>2.2320293E7</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>2.08825E7</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>2.0928295E7</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>2.0610668E7</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>2.1169113E7</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>2.1057775E7</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>2.1723199E7</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>2.0263835E7</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>1.9896699E7</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>1.9028449E7</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>1.9295722E7</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>2.0344066E7</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>2.1197008E7</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>2.1050491E7</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>2.1479438E7</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>2.1608978E7</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>2.086493618E7</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>2.0300278E7</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>2.0307254E7</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>2.0300278E7</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>1.9125068E7</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>1.9122216E7</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>1.8678202E7</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>1.7811066E7</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>1.7807968E7</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>1.7219902E7</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>1.7106829E7</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>1.5928382E7</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>1.6101558E7</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>1.5784132E7</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>1.5074915E7</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>1.3969086E7</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>1.4459818E7</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>1.4139485E7</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>1.4095469E7</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>1.3345505E7</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>1.3237583E7</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>1.2007452E7</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>1.1390236E7</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>1.1117155E7</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>1.0949836E7</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>1.0683701E7</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>1.0001863E7</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>8859686.0</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>1.038188E7</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>1.0246934E7</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>1.0050455E7</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>1.0174941E7</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>9783973.0</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>1.1144695E7</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>1.074623E7</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>7410364.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>8711359.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>1070885.0</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>1.6205024E7</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>1.8364001E7</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>1.149996E7</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>1.7274375E7</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>1.6896228E7</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>1.6182009E7</v>
       </c>
-      <c r="BS21" t="n" s="27">
+      <c r="BT21" t="n" s="27">
         <v>1.5714235E7</v>
       </c>
-      <c r="BT21" t="n" s="27">
+      <c r="BU21" t="n" s="27">
         <v>1.5501715E7</v>
       </c>
-      <c r="BU21" t="n" s="27">
+      <c r="BV21" t="n" s="27">
         <v>1.6150927E7</v>
       </c>
-      <c r="BV21" t="n" s="27">
+      <c r="BW21" t="n" s="27">
         <v>1.3715843E7</v>
       </c>
-      <c r="BW21" t="n" s="27">
+      <c r="BX21" t="n" s="27">
         <v>1.176382E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
@@ -4781,949 +4845,970 @@
       <c r="AC22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AD22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AE22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AF22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AG22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AH22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AI22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AJ22" t="n" s="28">
         <v>1.3473446E7</v>
       </c>
       <c r="AK22" t="n" s="28">
+        <v>1.3473446E7</v>
+      </c>
+      <c r="AL22" t="n" s="28">
         <v>1.3137555E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.3047555E7</v>
       </c>
       <c r="AM22" t="n" s="28">
         <v>1.3047555E7</v>
       </c>
       <c r="AN22" t="n" s="28">
         <v>1.3047555E7</v>
       </c>
       <c r="AO22" t="n" s="28">
-        <v>1.3043335E7</v>
+        <v>1.3047555E7</v>
       </c>
       <c r="AP22" t="n" s="28">
         <v>1.3043335E7</v>
       </c>
       <c r="AQ22" t="n" s="28">
+        <v>1.3043335E7</v>
+      </c>
+      <c r="AR22" t="n" s="28">
         <v>1.3035294E7</v>
       </c>
-      <c r="AR22" t="n" s="28">
+      <c r="AS22" t="n" s="28">
         <v>1.300838E7</v>
       </c>
-      <c r="AS22" t="n" s="28">
+      <c r="AT22" t="n" s="28">
         <v>1.2940238E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2921066E7</v>
       </c>
       <c r="AU22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AV22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AW22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AX22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AY22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="AZ22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="BA22" t="n" s="28">
         <v>1.2921066E7</v>
       </c>
       <c r="BB22" t="n" s="28">
+        <v>1.2921066E7</v>
+      </c>
+      <c r="BC22" t="n" s="28">
         <v>1.2501669E7</v>
       </c>
-      <c r="BC22" t="n" s="28">
+      <c r="BD22" t="n" s="28">
         <v>1.2534217E7</v>
       </c>
-      <c r="BD22" t="n" s="28">
+      <c r="BE22" t="n" s="28">
         <v>1.2561363E7</v>
       </c>
-      <c r="BE22" t="n" s="28">
+      <c r="BF22" t="n" s="28">
         <v>1.255092E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.254633E7</v>
       </c>
       <c r="BG22" t="n" s="28">
         <v>1.254633E7</v>
       </c>
       <c r="BH22" t="n" s="28">
         <v>1.254633E7</v>
       </c>
       <c r="BI22" t="n" s="28">
         <v>1.254633E7</v>
       </c>
       <c r="BJ22" t="n" s="28">
-        <v>1.2541639E7</v>
+        <v>1.254633E7</v>
       </c>
       <c r="BK22" t="n" s="28">
         <v>1.2541639E7</v>
       </c>
       <c r="BL22" t="n" s="28">
         <v>1.2541639E7</v>
       </c>
       <c r="BM22" t="n" s="28">
+        <v>1.2541639E7</v>
+      </c>
+      <c r="BN22" t="n" s="28">
         <v>1.2623816E7</v>
       </c>
-      <c r="BN22" t="n" s="28">
+      <c r="BO22" t="n" s="28">
         <v>1.2813726E7</v>
       </c>
-      <c r="BO22" t="n" s="28">
+      <c r="BP22" t="n" s="28">
         <v>1.2623816E7</v>
       </c>
-      <c r="BP22" t="n" s="28">
+      <c r="BQ22" t="n" s="28">
         <v>1.2895495E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.2891977E7</v>
       </c>
       <c r="BR22" t="n" s="28">
         <v>1.2891977E7</v>
       </c>
       <c r="BS22" t="n" s="28">
+        <v>1.2891977E7</v>
+      </c>
+      <c r="BT22" t="n" s="28">
         <v>1.2886817E7</v>
       </c>
-      <c r="BT22" t="n" s="28">
+      <c r="BU22" t="n" s="28">
         <v>1.2842699E7</v>
       </c>
-      <c r="BU22" t="n" s="28">
+      <c r="BV22" t="n" s="28">
         <v>1.2839601E7</v>
       </c>
-      <c r="BV22" t="n" s="28">
+      <c r="BW22" t="n" s="28">
         <v>1.2831024E7</v>
       </c>
-      <c r="BW22" t="n" s="28">
+      <c r="BX22" t="n" s="28">
         <v>1.2816667E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>1.3788503E7</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>1.6252403E7</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>1.6543475E7</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>1.5573267E7</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>1.3781664E7</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>1.3869715E7</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>1.3886422E7</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>1.6396311E7</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>1.5373797E7</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>1.6983228E7</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>1.7663944E7</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>1.5695945E7</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>1.1682487E7</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>1.1620809E7</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>8577347.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>9860835.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>7745697.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>6260904.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>7006032.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>5866779.0</v>
       </c>
-      <c r="U23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>4189163.0</v>
       </c>
-      <c r="V23" t="n" s="29">
+      <c r="W23" t="n" s="29">
         <v>4192435.0</v>
       </c>
-      <c r="W23" t="n" s="29">
+      <c r="X23" t="n" s="29">
         <v>4710516.0</v>
       </c>
-      <c r="X23" t="n" s="29">
+      <c r="Y23" t="n" s="29">
         <v>6051054.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="Z23" t="n" s="29">
         <v>6084029.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>6177878.0</v>
       </c>
-      <c r="AA23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>6263678.0</v>
       </c>
-      <c r="AB23" t="n" s="29">
+      <c r="AC23" t="n" s="29">
         <v>3980318.0</v>
       </c>
-      <c r="AC23" t="n" s="29">
+      <c r="AD23" t="n" s="29">
         <v>4242732.0</v>
       </c>
-      <c r="AD23" t="n" s="29">
+      <c r="AE23" t="n" s="29">
         <v>3980318.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AF23" t="n" s="29">
         <v>3736033.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>3915433.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>2434448.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>2648845.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>2906653.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>3085343.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>3267054.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>4323816.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>5198299.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>6028653.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>6739135.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>4076901.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>5044979.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>5383140.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>6233792.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>6675018.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>4247344.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>4795165.0</v>
       </c>
-      <c r="AW23" t="n" s="29">
+      <c r="AX23" t="n" s="29">
         <v>6012562.0</v>
       </c>
-      <c r="AX23" t="n" s="29">
+      <c r="AY23" t="n" s="29">
         <v>1.029313E7</v>
       </c>
-      <c r="AY23" t="n" s="29">
+      <c r="AZ23" t="n" s="29">
         <v>8099985.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BA23" t="n" s="29">
         <v>8013020.0</v>
       </c>
-      <c r="BA23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>8693930.0</v>
       </c>
-      <c r="BB23" t="n" s="29">
+      <c r="BC23" t="n" s="29">
         <v>1.0408283E7</v>
       </c>
-      <c r="BC23" t="n" s="29">
+      <c r="BD23" t="n" s="29">
         <v>7751604.0</v>
       </c>
-      <c r="BD23" t="n" s="29">
+      <c r="BE23" t="n" s="29">
         <v>7653963.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BF23" t="n" s="29">
         <v>8136165.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>9859252.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>8631603.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>7961396.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>7791562.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>5802394.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>7446254.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>8823475.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>7473632.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>8686739.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>7741664.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>7736432.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>8355146.0</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>1.0882634E7</v>
       </c>
-      <c r="BS23" t="n" s="29">
+      <c r="BT23" t="n" s="29">
         <v>8529603.0</v>
       </c>
-      <c r="BT23" t="n" s="29">
+      <c r="BU23" t="n" s="29">
         <v>8165052.0</v>
       </c>
-      <c r="BU23" t="n" s="29">
+      <c r="BV23" t="n" s="29">
         <v>7347487.0</v>
       </c>
-      <c r="BV23" t="n" s="29">
+      <c r="BW23" t="n" s="29">
         <v>9139128.0</v>
       </c>
-      <c r="BW23" t="n" s="29">
+      <c r="BX23" t="n" s="29">
         <v>7835616.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>1.8437031E7</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>1.5333249E7</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>1.7368474E7</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>1.7571124E7</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>2.2498135E7</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>2.0984916E7</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>2.2042106E7</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>2.2293412E7</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>2.1222198E7</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>2.5303468E7</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>2.3185559E7</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>2.2512375E7</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>1.7629748E7</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>1.673301E7</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>1.5518563E7</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>1.414813E7</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>1.6324166E7</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>1.7795694E7</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>1.528221E7</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>1.8306915E7</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>1.8626914E7</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>1.9265845E7</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>1.5661633E7</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>1.7123987E7</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>1.7285266E7</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>1.7359516E7</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>1.5116842E7</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>1.5695608E7</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>1.41518E7</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>1.5695608E7</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>1.1508178E7</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>1.14627E7</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>1.2401426E7</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>1.0906009E7</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>1.3195724E7</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>1.2717937E7</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>1.4155535E7</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>1.0668685E7</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>1.2028794E7</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>1.1572127E7</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>1.4437846E7</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>1.3717973E7</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>1.2082018E7</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>1.3147252E7</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>1.2816519E7</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>1.354413E7</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>1.6813944E7</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>1.8402603E7</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>1.7673374E7</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>1.2182047E7</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>1.5126753E7</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>1.5835688E7</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>1.7187646E7</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>1.3971487E7</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>1.4417201E7</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>1.3936801E7</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>1.3945197E7</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>1.1915737E7</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>1.5351367E7</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>1.4087764E7</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>1.3885305E7</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>7458171.0</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>2.0688021E7</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>3.0663155E7</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>2.3046499E7</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>1.6534842E7</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>2.18037E7</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>1.8578032E7</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>1.7254185E7</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>1.7257712E7</v>
       </c>
-      <c r="BS24" t="n" s="30">
+      <c r="BT24" t="n" s="30">
         <v>1.8815409E7</v>
       </c>
-      <c r="BT24" t="n" s="30">
+      <c r="BU24" t="n" s="30">
         <v>1.68E7</v>
       </c>
-      <c r="BU24" t="n" s="30">
+      <c r="BV24" t="n" s="30">
         <v>1.9249331E7</v>
       </c>
-      <c r="BV24" t="n" s="30">
+      <c r="BW24" t="n" s="30">
         <v>1.799897E7</v>
       </c>
-      <c r="BW24" t="n" s="30">
+      <c r="BX24" t="n" s="30">
         <v>1.916264E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>5.9179763E7</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>6.1971307E7</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>6.0087571E7</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>5.7204746E7</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>6.0307789E7</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>5.8402556E7</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>5.973396E7</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>6.3172665E7</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>6.181043E7</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>6.609134E7</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>6.3169796E7</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>5.909082E7</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>5.024053E7</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>4.8964487E7</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>4.5265022E7</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>4.506674E7</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>4.5793062E7</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>4.4320433E7</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>4.2184942E7</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>4.3202143E7</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>4.2111799E7</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>4.3802346E7</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>4.1569157E7</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>4.4225532E7</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>4.4848733E7</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>4.5146372E7</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>4.224545618E7</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>3.9976204E7</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>3.8701786E7</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>3.9976204E7</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>3.4369279E7</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>3.4500349E7</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>3.3514076E7</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>3.136592E7</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>3.3910345E7</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>3.3023182E7</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>3.4529418E7</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>3.1236062E7</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>3.3328651E7</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>3.3384912E7</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>3.6251896E7</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>3.176396E7</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>3.1586815E7</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>3.2669877E7</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>3.314578E7</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>3.3564653E7</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>3.4298871E7</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>3.520522E7</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>3.5076172E7</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>3.3592332E7</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>3.4176574E7</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>3.4532409E7</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>3.5883439E7</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>3.3239456E7</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>3.2550685E7</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>3.1837698E7</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>3.2131817E7</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>3.194993E7</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>3.3766943E7</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>3.3193855E7</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>3.2423097E7</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>3.4599122E7</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>3.6845634E7</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>4.0557515E7</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>4.6725155E7</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>4.3585582E7</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>4.1045324E7</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>4.3588839E7</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>4.2505559E7</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>4.4322355E7</v>
       </c>
-      <c r="BS25" t="n" s="31">
+      <c r="BT25" t="n" s="31">
         <v>4.3059247E7</v>
       </c>
-      <c r="BT25" t="n" s="31">
+      <c r="BU25" t="n" s="31">
         <v>4.0466767E7</v>
       </c>
-      <c r="BU25" t="n" s="31">
+      <c r="BV25" t="n" s="31">
         <v>4.2747745E7</v>
       </c>
-      <c r="BV25" t="n" s="31">
+      <c r="BW25" t="n" s="31">
         <v>4.0853941E7</v>
       </c>
-      <c r="BW25" t="n" s="31">
+      <c r="BX25" t="n" s="31">
         <v>3.8762076E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B28" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B32" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B33" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B34" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B37" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B38" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>193</v>
+      </c>
+      <c r="B39" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="41">
-[...1 lines deleted...]
-        <v>190</v>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BW28"/>
-[...12 lines deleted...]
-    <mergeCell ref="A41:BW41"/>
+    <mergeCell ref="B28:BX28"/>
+    <mergeCell ref="B29:BX29"/>
+    <mergeCell ref="B30:BX30"/>
+    <mergeCell ref="B31:BX31"/>
+    <mergeCell ref="B32:BX32"/>
+    <mergeCell ref="B33:BX33"/>
+    <mergeCell ref="B34:BX34"/>
+    <mergeCell ref="B35:BX35"/>
+    <mergeCell ref="B36:BX36"/>
+    <mergeCell ref="B37:BX37"/>
+    <mergeCell ref="B38:BX38"/>
+    <mergeCell ref="B39:BX39"/>
+    <mergeCell ref="A1:BX1"/>
+    <mergeCell ref="A2:BX2"/>
+    <mergeCell ref="A42:BX42"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>