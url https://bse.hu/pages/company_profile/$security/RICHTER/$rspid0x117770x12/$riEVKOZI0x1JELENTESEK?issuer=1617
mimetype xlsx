--- v0 (2025-11-18)
+++ v1 (2026-03-12)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="181">
   <si>
     <t>Mid-year reports - Gedeon Richter Plc.</t>
   </si>
   <si>
     <t>Unaudited, consolidated, in compliance with IFRS</t>
   </si>
   <si>
     <t>Key P&amp;L Figures</t>
   </si>
   <si>
+    <t>Jan 2025 - Dec 2025 (1)</t>
+  </si>
+  <si>
     <t>Jan 2025 - Sep 2025 (1)</t>
   </si>
   <si>
     <t>Jan 2025 - Jun 2025 (1)</t>
   </si>
   <si>
     <t>Jan 2025 - Mar 2025 (1)</t>
   </si>
   <si>
     <t>Jan 2024 - Dec 2024 (1)</t>
   </si>
   <si>
     <t>Jan 2024 - Sep 2024 (1)</t>
   </si>
   <si>
     <t>Jan 2024 - Jun 2024 (1)</t>
   </si>
   <si>
     <t>Jan 2024 - Mar 2024 (1)</t>
   </si>
   <si>
     <t>Jan 2023 - Dec 2023 (1)</t>
   </si>
   <si>
     <t>Jan 2023 - Sep 2023 (1)</t>
@@ -258,50 +261,53 @@
     <t>Jan 2006 - Jun 2006 (4)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>(million HUF)</t>
   </si>
   <si>
     <t>Net sales</t>
   </si>
   <si>
     <t>Operating profit (EBIT)</t>
   </si>
   <si>
     <t>Net income from financial activities</t>
   </si>
   <si>
     <t>Profit before tax</t>
   </si>
   <si>
     <t>Profit after tax</t>
   </si>
   <si>
     <t>Key Balance Sheet Items</t>
+  </si>
+  <si>
+    <t>31 Dec 2025</t>
   </si>
   <si>
     <t>30 Sep 2025</t>
   </si>
   <si>
     <t>30 Jun 2025</t>
   </si>
   <si>
     <t>31 Mar 2025</t>
   </si>
   <si>
     <t>31 Dec 2024</t>
   </si>
   <si>
     <t>30 Sep 2024</t>
   </si>
   <si>
     <t>30 Jun 2024</t>
   </si>
   <si>
     <t>31 Mar 2024</t>
   </si>
   <si>
     <t>31 Dec 2023</t>
   </si>
@@ -683,130 +689,131 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BW35"/>
+  <dimension ref="A1:BX35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="37.2421875" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="22.828125" customWidth="true" bestFit="true"/>
-[...71 lines deleted...]
-    <col min="74" max="74" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="22.23828125" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="22.83203125" customWidth="true" bestFit="true"/>
+    <col min="73" max="73" width="22.91796875" customWidth="true" bestFit="true"/>
+    <col min="74" max="74" width="22.828125" customWidth="true" bestFit="true"/>
+    <col min="75" max="75" width="22.23828125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -998,3638 +1005,3689 @@
       </c>
       <c r="BO4" t="s" s="1">
         <v>68</v>
       </c>
       <c r="BP4" t="s" s="1">
         <v>69</v>
       </c>
       <c r="BQ4" t="s" s="1">
         <v>70</v>
       </c>
       <c r="BR4" t="s" s="1">
         <v>71</v>
       </c>
       <c r="BS4" t="s" s="1">
         <v>72</v>
       </c>
       <c r="BT4" t="s" s="1">
         <v>73</v>
       </c>
       <c r="BU4" t="s" s="1">
         <v>74</v>
       </c>
       <c r="BV4" t="s" s="1">
         <v>75</v>
       </c>
+      <c r="BW4" t="s" s="1">
+        <v>76</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BS5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BT5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BU5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BV5" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="BW5" t="s" s="2">
+        <v>78</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>928962.0</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>680201.0</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>465509.0</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>224024.0</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>857545.0</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>636423.0</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>419693.0</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>203432.0</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>805158.0</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>601980.0</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>413436.0</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>209653.0</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>802755.0</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>578787.0</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>360980.0</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>168057.0</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>630595.0</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>454321.0</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>296803.0</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>140894.0</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>416389.0</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>278692.0</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>141426.0</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>369059.0</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>241522.0</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>121612.0</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>445484.0</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>323875.0</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>224430.0</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>334153.0</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>226789.0</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>389690.0</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>284021.0</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>187272.0</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>89344.0</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>365220.0</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>276552.0</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>183953.0</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>87675.0</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>353709.0</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>263688.0</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>174759.0</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>88304.0</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>351424.0</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>260473.0</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>177877.0</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>85844.0</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>326702.0</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>243155.0</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>166018.0</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>82006.0</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>309339.0</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>218277.0</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>145907.0</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>70839.0</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>275129.0</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>215680.0</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>137221.0</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>63451.0</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>267051.0</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>196796.0</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>134396.0</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>61338.0</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>236101.0</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>171215.0</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>114721.0</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>56962.0</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>223624.0</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>167340.0</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>110929.0</v>
       </c>
-      <c r="BS6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>50776.0</v>
       </c>
-      <c r="BT6" t="n" s="3">
+      <c r="BU6" t="n" s="3">
         <v>208620.0</v>
       </c>
-      <c r="BU6" t="n" s="3">
+      <c r="BV6" t="n" s="3">
         <v>158033.0</v>
       </c>
-      <c r="BV6" t="n" s="3">
+      <c r="BW6" t="n" s="3">
         <v>104184.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>295142.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>204531.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>140384.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>67758.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>261157.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>190199.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>137964.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>63607.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>189364.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>144411.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>95013.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>54131.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>153826.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>154295.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>89455.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>37483.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>135832.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>93934.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>60800.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>24384.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>82283.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>52322.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>25199.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>52125.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>34410.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>17198.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>43933.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>51535.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>35684.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>53666.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>32301.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>56010.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>45374.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>28001.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>14805.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>67372.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>52379.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>31649.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>13850.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>39174.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>26319.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>19152.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>10123.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>48638.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>42162.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>29960.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>15217.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>50284.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>39318.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>28485.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>15355.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>62623.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>48904.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>23390.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>10228.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>63608.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>51105.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>28206.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>10530.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>49226.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>36589.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>27327.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>12437.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>34156.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>27790.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>19278.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>10096.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>36283.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>28541.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>18804.0</v>
       </c>
-      <c r="BS7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>9299.0</v>
       </c>
-      <c r="BT7" t="n" s="7">
+      <c r="BU7" t="n" s="7">
         <v>49527.0</v>
       </c>
-      <c r="BU7" t="n" s="7">
+      <c r="BV7" t="n" s="7">
         <v>35801.0</v>
       </c>
-      <c r="BV7" t="n" s="7">
+      <c r="BW7" t="n" s="7">
         <v>23239.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>-10880.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>-9537.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>3176.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>13363.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>12902.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>5808.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>24242.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>15620.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>-23958.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>-18437.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-24861.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-17129.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>6406.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>51310.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>30043.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>1337.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>7633.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>1806.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-4754.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>1404.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>4921.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>9451.0</v>
       </c>
-      <c r="W8" t="n" s="8">
+      <c r="X8" t="n" s="8">
         <v>5717.0</v>
       </c>
-      <c r="X8" t="n" s="8">
+      <c r="Y8" t="n" s="8">
         <v>15624.0</v>
       </c>
-      <c r="Y8" t="n" s="8">
+      <c r="Z8" t="n" s="8">
         <v>7136.0</v>
       </c>
-      <c r="Z8" t="n" s="8">
+      <c r="AA8" t="n" s="8">
         <v>5241.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-3402.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>1569.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>5756.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-7410.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-3902.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>8658.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>2789.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>4536.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>-403.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>-8315.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>-5039.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>7920.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>2262.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>-12660.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>2807.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>3872.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>-1149.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>-1466.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>240.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>451.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>4670.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>886.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>537.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>743.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>2156.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>-6492.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>-3580.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>-1647.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>1759.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>8220.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>6757.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>9898.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>943.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>4682.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>2926.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>2237.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>9746.0</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>8394.0</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>964.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>-4769.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>1038.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>-1238.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>-426.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>898.0</v>
       </c>
-      <c r="BS8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>-583.0</v>
       </c>
-      <c r="BT8" t="n" s="8">
+      <c r="BU8" t="n" s="8">
         <v>1723.0</v>
       </c>
-      <c r="BU8" t="n" s="8">
+      <c r="BV8" t="n" s="8">
         <v>7484.0</v>
       </c>
-      <c r="BV8" t="n" s="8">
+      <c r="BW8" t="n" s="8">
         <v>8139.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>286979.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>197158.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>145055.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>81980.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>281077.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>202521.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>168108.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>82269.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>171540.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>130249.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>72854.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>37996.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>166382.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>209404.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>121947.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>40457.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>146575.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>98159.0</v>
       </c>
-      <c r="S9" t="n" s="9">
+      <c r="T9" t="n" s="9">
         <v>57497.0</v>
       </c>
-      <c r="T9" t="n" s="9">
+      <c r="U9" t="n" s="9">
         <v>26872.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>89036.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>63121.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>31900.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>68738.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>42095.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>22764.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>41583.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>53903.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>42136.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>47573.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>29220.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>66930.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>49016.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>33533.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>14649.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>60550.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>48614.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>40576.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>16411.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>27803.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>30152.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>24178.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>9627.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>47935.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>43073.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>30752.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>20023.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>51513.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>40317.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>29703.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>17797.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>51895.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>43014.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>21775.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>12026.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>71886.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>58382.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>38569.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>11793.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>53971.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>39984.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>29865.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>22447.0</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>43453.0</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>29446.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>14966.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>11428.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>35780.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>28801.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>20158.0</v>
       </c>
-      <c r="BS9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>8964.0</v>
       </c>
-      <c r="BT9" t="n" s="9">
+      <c r="BU9" t="n" s="9">
         <v>52113.0</v>
       </c>
-      <c r="BU9" t="n" s="9">
+      <c r="BV9" t="n" s="9">
         <v>44084.0</v>
       </c>
-      <c r="BV9" t="n" s="9">
+      <c r="BW9" t="n" s="9">
         <v>31960.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>230107.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>163550.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>120111.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>68178.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>239524.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>175918.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>150287.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>68537.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>160651.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>123749.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>69045.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>39036.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>157920.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>197257.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>115089.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>37906.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>141180.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>94121.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>55634.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>26952.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>84304.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>61296.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>29110.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>62047.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>39569.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>21632.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>31963.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>48011.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>38934.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>45558.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>28925.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>64233.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>44224.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>30373.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>12087.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>54341.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>44130.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>37381.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>14999.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>24705.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>28816.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>23128.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>9420.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>44197.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>39687.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>28343.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>19050.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>50492.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>36689.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>27762.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>16609.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>49264.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>40395.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>19797.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>11194.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>67842.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>57667.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>38210.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>11557.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>51046.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>37426.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>27704.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>21530.0</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>41577.0</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>27678.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>13507.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>10591.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>33971.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>27253.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>19036.0</v>
       </c>
-      <c r="BS10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>8386.0</v>
       </c>
-      <c r="BT10" t="n" s="10">
+      <c r="BU10" t="n" s="10">
         <v>51402.0</v>
       </c>
-      <c r="BU10" t="n" s="10">
+      <c r="BV10" t="n" s="10">
         <v>43737.0</v>
       </c>
-      <c r="BV10" t="n" s="10">
+      <c r="BW10" t="n" s="10">
         <v>31610.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="BS12" t="s" s="11">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="BT12" t="s" s="11">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="BU12" t="s" s="11">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="BV12" t="s" s="11">
-        <v>156</v>
+        <v>157</v>
+      </c>
+      <c r="BW12" t="s" s="11">
+        <v>158</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BS13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BT13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BU13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="BV13" t="s" s="12">
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="BW13" t="s" s="12">
+        <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>914868.0</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>908647.0</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>911096.0</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>916054.0</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>961934.0</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>914862.0</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>912809.0</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>861142.0</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>826304.0</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>805187.0</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>771604.0</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>795897.0</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>764412.0</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>782883.0</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>767054.0</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>745107.0</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>732660.0</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>695407.0</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>671862.0</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>580375.0</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>476783.0</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>451366.0</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>448278.0</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>463034.0</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>457974.0</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>453058.0</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>441186.0</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>459398.0</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>459419.0</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>493048.0</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>500595.0</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>502420.0</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>435747.0</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>441772.0</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>437079.0</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>436181.0</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>430885.0</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>442434.0</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>434324.0</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>424016.0</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>438774.0</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>430306.0</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>421306.0</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>415829.0</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>394928.0</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>389128.0</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>397388.0</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>377932.0</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>370475.0</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>368032.0</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>371576.0</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>379847.0</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>351345.0</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>347063.0</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>348308.0</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>338379.0</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>180689.0</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>181150.0</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>174376.0</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>175280.0</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>174569.0</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>168866.0</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>173962.0</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>171057.0</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>171301.0</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>172717.0</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>174036.0</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>175487.0</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>167324.0</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>161491.0</v>
       </c>
-      <c r="BS14" t="n" s="13">
+      <c r="BT14" t="n" s="13">
         <v>160133.0</v>
       </c>
-      <c r="BT14" t="n" s="13">
+      <c r="BU14" t="n" s="13">
         <v>160677.0</v>
       </c>
-      <c r="BU14" t="n" s="13">
+      <c r="BV14" t="n" s="13">
         <v>145743.0</v>
       </c>
-      <c r="BV14" t="n" s="13">
+      <c r="BW14" t="n" s="13">
         <v>141290.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>335583.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>331376.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>330191.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>335296.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>344966.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>333252.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>335467.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>261429.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>262286.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>267844.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>256600.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>261739.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>231846.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>254470.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>255629.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>254406.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>255920.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>256482.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>221615.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>219273.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>140882.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>141116.0</v>
       </c>
-      <c r="W15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>140418.0</v>
       </c>
-      <c r="X15" t="n" s="14">
+      <c r="Y15" t="n" s="14">
         <v>148092.0</v>
       </c>
-      <c r="Y15" t="n" s="14">
+      <c r="Z15" t="n" s="14">
         <v>152020.0</v>
       </c>
-      <c r="Z15" t="n" s="14">
+      <c r="AA15" t="n" s="14">
         <v>150446.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AB15" t="n" s="14">
         <v>150552.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>166684.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>156406.0</v>
       </c>
-      <c r="AD15" t="n" s="14">
+      <c r="AE15" t="n" s="14">
         <v>185124.0</v>
       </c>
-      <c r="AE15" t="n" s="14">
+      <c r="AF15" t="n" s="14">
         <v>189512.0</v>
       </c>
-      <c r="AF15" t="n" s="14">
+      <c r="AG15" t="n" s="14">
         <v>192273.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AH15" t="n" s="14">
         <v>139043.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>146139.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>147558.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>151128.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>151156.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>159766.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>157275.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>152684.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>153470.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>152738.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>146937.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>145865.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>148659.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>147528.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>150402.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>149490.0</v>
       </c>
-      <c r="AW15" t="n" s="14">
+      <c r="AX15" t="n" s="14">
         <v>152907.0</v>
       </c>
-      <c r="AX15" t="n" s="14">
+      <c r="AY15" t="n" s="14">
         <v>156339.0</v>
       </c>
-      <c r="AY15" t="n" s="14">
+      <c r="AZ15" t="n" s="14">
         <v>159668.0</v>
       </c>
-      <c r="AZ15" t="n" s="14">
+      <c r="BA15" t="n" s="14">
         <v>165350.0</v>
       </c>
-      <c r="BA15" t="n" s="14">
+      <c r="BB15" t="n" s="14">
         <v>149091.0</v>
       </c>
-      <c r="BB15" t="n" s="14">
+      <c r="BC15" t="n" s="14">
         <v>148350.0</v>
       </c>
-      <c r="BC15" t="n" s="14">
+      <c r="BD15" t="n" s="14">
         <v>149404.0</v>
       </c>
-      <c r="BD15" t="n" s="14">
+      <c r="BE15" t="n" s="14">
         <v>150114.0</v>
       </c>
-      <c r="BE15" t="n" s="14">
+      <c r="BF15" t="n" s="14">
         <v>11227.0</v>
       </c>
-      <c r="BF15" t="n" s="14">
+      <c r="BG15" t="n" s="14">
         <v>11223.0</v>
       </c>
-      <c r="BG15" t="n" s="14">
+      <c r="BH15" t="n" s="14">
         <v>11312.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>10948.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>11959.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>9882.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>11458.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>9821.0</v>
       </c>
-      <c r="BM15" t="n" s="14">
+      <c r="BN15" t="n" s="14">
         <v>9469.0</v>
       </c>
-      <c r="BN15" t="n" s="14">
+      <c r="BO15" t="n" s="14">
         <v>9259.0</v>
       </c>
-      <c r="BO15" t="n" s="14">
+      <c r="BP15" t="n" s="14">
         <v>9109.0</v>
       </c>
-      <c r="BP15" t="n" s="14">
+      <c r="BQ15" t="n" s="14">
         <v>7747.0</v>
       </c>
-      <c r="BQ15" t="n" s="14">
+      <c r="BR15" t="n" s="14">
         <v>4248.0</v>
       </c>
-      <c r="BR15" t="n" s="14">
+      <c r="BS15" t="n" s="14">
         <v>4314.0</v>
       </c>
-      <c r="BS15" t="n" s="14">
+      <c r="BT15" t="n" s="14">
         <v>4375.0</v>
       </c>
-      <c r="BT15" t="n" s="14">
+      <c r="BU15" t="n" s="14">
         <v>4525.0</v>
       </c>
-      <c r="BU15" t="n" s="14">
+      <c r="BV15" t="n" s="14">
         <v>3355.0</v>
       </c>
-      <c r="BV15" t="n" s="14">
+      <c r="BW15" t="n" s="14">
         <v>3202.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>383771.0</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>377391.0</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>378137.0</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>378759.0</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>378860.0</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>368292.0</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>359921.0</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>350826.0</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>347394.0</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>332672.0</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>316049.0</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>311789.0</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>315915.0</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>314677.0</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>301138.0</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>277661.0</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>278504.0</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>263236.0</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>254858.0</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>253200.0</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>245024.0</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>242755.0</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>242367.0</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>235582.0</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>229811.0</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>225911.0</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>214505.0</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>203131.0</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>200324.0</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>190984.0</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>189243.0</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>191038.0</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>179697.0</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>176848.0</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>174475.0</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>175400.0</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>168832.0</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>168030.0</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>167060.0</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>169564.0</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>166792.0</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>163290.0</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>162828.0</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>163332.0</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>158458.0</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>155049.0</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>157853.0</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>158996.0</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>153983.0</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>151678.0</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>151894.0</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>155952.0</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>146644.0</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>141831.0</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>140975.0</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>145230.0</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>141365.0</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>141917.0</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>140986.0</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>142473.0</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>137746.0</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>139632.0</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>142593.0</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>141935.0</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>141315.0</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>142218.0</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>143724.0</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>144863.0</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>136127.0</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>135021.0</v>
       </c>
-      <c r="BS16" t="n" s="18">
+      <c r="BT16" t="n" s="18">
         <v>135434.0</v>
       </c>
-      <c r="BT16" t="n" s="18">
+      <c r="BU16" t="n" s="18">
         <v>136049.0</v>
       </c>
-      <c r="BU16" t="s" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="BV16" t="s" s="18">
-        <v>76</v>
+        <v>77</v>
+      </c>
+      <c r="BW16" t="s" s="18">
+        <v>77</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>154376.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
         <v>151798.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="D17" t="n" s="19">
         <v>161083.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>156416.0</v>
       </c>
-      <c r="E17" t="n" s="19">
+      <c r="F17" t="n" s="19">
         <v>184135.0</v>
       </c>
-      <c r="F17" t="n" s="19">
+      <c r="G17" t="n" s="19">
         <v>176853.0</v>
       </c>
-      <c r="G17" t="n" s="19">
+      <c r="H17" t="n" s="19">
         <v>185208.0</v>
       </c>
-      <c r="H17" t="n" s="19">
+      <c r="I17" t="n" s="19">
         <v>220999.0</v>
       </c>
-      <c r="I17" t="n" s="19">
+      <c r="J17" t="n" s="19">
         <v>183202.0</v>
       </c>
-      <c r="J17" t="n" s="19">
+      <c r="K17" t="n" s="19">
         <v>183426.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>180514.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>202784.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>187579.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>196798.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>194782.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>186898.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>172367.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>164868.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>139021.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>50886.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>31626.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>6852.0</v>
       </c>
-      <c r="W17" t="n" s="19">
+      <c r="X17" t="n" s="19">
         <v>5548.0</v>
       </c>
-      <c r="X17" t="n" s="19">
+      <c r="Y17" t="n" s="19">
         <v>12337.0</v>
       </c>
-      <c r="Y17" t="n" s="19">
+      <c r="Z17" t="n" s="19">
         <v>11829.0</v>
       </c>
-      <c r="Z17" t="n" s="19">
+      <c r="AA17" t="n" s="19">
         <v>11264.0</v>
       </c>
-      <c r="AA17" t="n" s="19">
+      <c r="AB17" t="n" s="19">
         <v>9576.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AC17" t="n" s="19">
         <v>10130.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>28833.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>33611.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>33411.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>31165.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>29844.0</v>
       </c>
-      <c r="AH17" t="n" s="19">
+      <c r="AI17" t="n" s="19">
         <v>29511.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>27472.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>26415.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>24989.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>26564.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>24720.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>24059.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>42288.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>43643.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>42857.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>43393.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>42752.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>43244.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>44172.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>25361.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>19880.0</v>
       </c>
-      <c r="AX17" t="n" s="19">
+      <c r="AY17" t="n" s="19">
         <v>15429.0</v>
       </c>
-      <c r="AY17" t="n" s="19">
+      <c r="AZ17" t="n" s="19">
         <v>16029.0</v>
       </c>
-      <c r="AZ17" t="n" s="19">
+      <c r="BA17" t="n" s="19">
         <v>14711.0</v>
       </c>
-      <c r="BA17" t="n" s="19">
+      <c r="BB17" t="n" s="19">
         <v>12831.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>15145.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>15562.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>22449.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>14439.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>14400.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>8921.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>8987.0</v>
       </c>
-      <c r="BI17" t="n" s="19">
+      <c r="BJ17" t="n" s="19">
         <v>9120.0</v>
       </c>
-      <c r="BJ17" t="n" s="19">
+      <c r="BK17" t="n" s="19">
         <v>3570.0</v>
       </c>
-      <c r="BK17" t="n" s="19">
+      <c r="BL17" t="n" s="19">
         <v>3560.0</v>
       </c>
-      <c r="BL17" t="n" s="19">
+      <c r="BM17" t="n" s="19">
         <v>3578.0</v>
       </c>
-      <c r="BM17" t="n" s="19">
+      <c r="BN17" t="n" s="19">
         <v>5483.0</v>
       </c>
-      <c r="BN17" t="n" s="19">
+      <c r="BO17" t="n" s="19">
         <v>7627.0</v>
       </c>
-      <c r="BO17" t="n" s="19">
+      <c r="BP17" t="n" s="19">
         <v>7800.0</v>
       </c>
-      <c r="BP17" t="n" s="19">
+      <c r="BQ17" t="n" s="19">
         <v>10388.0</v>
       </c>
-      <c r="BQ17" t="n" s="19">
+      <c r="BR17" t="n" s="19">
         <v>15292.0</v>
       </c>
-      <c r="BR17" t="n" s="19">
+      <c r="BS17" t="n" s="19">
         <v>10703.0</v>
       </c>
-      <c r="BS17" t="n" s="19">
+      <c r="BT17" t="n" s="19">
         <v>10985.0</v>
       </c>
-      <c r="BT17" t="n" s="19">
+      <c r="BU17" t="n" s="19">
         <v>10833.0</v>
       </c>
-      <c r="BU17" t="n" s="19">
+      <c r="BV17" t="n" s="19">
         <v>6577.0</v>
       </c>
-      <c r="BV17" t="n" s="19">
+      <c r="BW17" t="n" s="19">
         <v>7897.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>780136.0</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>732920.0</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>689957.0</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>711788.0</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>641057.0</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>571870.0</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>545884.0</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>560997.0</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>534913.0</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>552247.0</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>493139.0</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>573528.0</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>580397.0</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>602150.0</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>520003.0</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>429039.0</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>412622.0</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>418352.0</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>368960.0</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>386338.0</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>452534.0</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>455981.0</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>434713.0</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>418998.0</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>394903.0</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>386161.0</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>356397.0</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>359481.0</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>348283.0</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>329097.0</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>313875.0</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>307647.0</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>345350.0</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>332579.0</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>319489.0</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>311769.0</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>322810.0</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>312283.0</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>305160.0</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>294261.0</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>304932.0</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>310573.0</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>302361.0</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>299466.0</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>294227.0</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>288109.0</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>323712.0</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>294204.0</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>283860.0</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>287277.0</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>330468.0</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>308361.0</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>272089.0</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>230475.0</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>230972.0</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>245423.0</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>299439.0</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>285488.0</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>267826.0</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>255097.0</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>243193.0</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>240611.0</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>246609.0</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>213076.0</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>196331.0</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>183054.0</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>186863.0</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>172476.0</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>175763.0</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>171855.0</v>
       </c>
-      <c r="BS18" t="n" s="20">
+      <c r="BT18" t="n" s="20">
         <v>169034.0</v>
       </c>
-      <c r="BT18" t="n" s="20">
+      <c r="BU18" t="n" s="20">
         <v>165107.0</v>
       </c>
-      <c r="BU18" t="n" s="20">
+      <c r="BV18" t="n" s="20">
         <v>173394.0</v>
       </c>
-      <c r="BV18" t="n" s="20">
+      <c r="BW18" t="n" s="20">
         <v>158860.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>214315.0</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>217214.0</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>223330.0</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>223982.0</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>215411.0</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>207056.0</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>205752.0</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>195987.0</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>177767.0</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>181342.0</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>167439.0</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>164465.0</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>153222.0</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>170215.0</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>166984.0</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>139077.0</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>131349.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>127765.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>124250.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>118924.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>112978.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>112926.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>105548.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>103689.0</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>104763.0</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>99486.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>92351.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>94006.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>97093.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>83847.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>81989.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>81559.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>80236.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>78865.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>76108.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>70052.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>70898.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>77726.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>72314.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>66509.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>69619.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>75707.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>72970.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>68832.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>67045.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>66743.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>69213.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>64136.0</v>
       </c>
-      <c r="AW19" t="n" s="21">
+      <c r="AX19" t="n" s="21">
         <v>62232.0</v>
       </c>
-      <c r="AX19" t="n" s="21">
+      <c r="AY19" t="n" s="21">
         <v>62019.0</v>
       </c>
-      <c r="AY19" t="n" s="21">
+      <c r="AZ19" t="n" s="21">
         <v>62081.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
+      <c r="BA19" t="n" s="21">
         <v>63632.0</v>
       </c>
-      <c r="BA19" t="n" s="21">
+      <c r="BB19" t="n" s="21">
         <v>62773.0</v>
       </c>
-      <c r="BB19" t="n" s="21">
+      <c r="BC19" t="n" s="21">
         <v>52451.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>51231.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
+      <c r="BE19" t="n" s="21">
         <v>52432.0</v>
       </c>
-      <c r="BE19" t="n" s="21">
+      <c r="BF19" t="n" s="21">
         <v>50088.0</v>
       </c>
-      <c r="BF19" t="n" s="21">
+      <c r="BG19" t="n" s="21">
         <v>51607.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
+      <c r="BH19" t="n" s="21">
         <v>51665.0</v>
       </c>
-      <c r="BH19" t="n" s="21">
+      <c r="BI19" t="n" s="21">
         <v>51303.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>53283.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>57126.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>60333.0</v>
       </c>
-      <c r="BL19" t="n" s="21">
+      <c r="BM19" t="n" s="21">
         <v>56808.0</v>
       </c>
-      <c r="BM19" t="n" s="21">
+      <c r="BN19" t="n" s="21">
         <v>58393.0</v>
       </c>
-      <c r="BN19" t="n" s="21">
+      <c r="BO19" t="n" s="21">
         <v>57307.0</v>
       </c>
-      <c r="BO19" t="n" s="21">
+      <c r="BP19" t="n" s="21">
         <v>57065.0</v>
       </c>
-      <c r="BP19" t="n" s="21">
+      <c r="BQ19" t="n" s="21">
         <v>52874.0</v>
       </c>
-      <c r="BQ19" t="n" s="21">
+      <c r="BR19" t="n" s="21">
         <v>51148.0</v>
       </c>
-      <c r="BR19" t="n" s="21">
+      <c r="BS19" t="n" s="21">
         <v>54963.0</v>
       </c>
-      <c r="BS19" t="n" s="21">
+      <c r="BT19" t="n" s="21">
         <v>53158.0</v>
       </c>
-      <c r="BT19" t="n" s="21">
+      <c r="BU19" t="n" s="21">
         <v>52716.0</v>
       </c>
-      <c r="BU19" t="n" s="21">
+      <c r="BV19" t="n" s="21">
         <v>52123.0</v>
       </c>
-      <c r="BV19" t="n" s="21">
+      <c r="BW19" t="n" s="21">
         <v>50374.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>1695004.0</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>1641567.0</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>1601053.0</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>1627842.0</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>1602991.0</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>1486732.0</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>1458693.0</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>1422139.0</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>1361217.0</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>1357434.0</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>1264743.0</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>1369425.0</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>1344809.0</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>1385033.0</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>1287057.0</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>1174146.0</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>1145282.0</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>1113759.0</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>1040822.0</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>966713.0</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>929317.0</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>907347.0</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>882991.0</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>882032.0</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>852877.0</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>839219.0</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>797583.0</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>818879.0</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>807702.0</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>822145.0</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>814470.0</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>810067.0</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>781097.0</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>774351.0</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>756568.0</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>747950.0</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>753695.0</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>754717.0</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>739484.0</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>718277.0</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>743706.0</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>740879.0</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>723667.0</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>715295.0</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>689155.0</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>677237.0</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>721100.0</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>672136.0</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>654335.0</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>655309.0</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>702044.0</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>688208.0</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>623434.0</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>577538.0</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>579280.0</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>583802.0</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>480128.0</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>466638.0</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>442202.0</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>430377.0</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>417762.0</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>409477.0</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>420571.0</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>384133.0</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>367632.0</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>355771.0</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>360899.0</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>347963.0</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>343087.0</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>333346.0</v>
       </c>
-      <c r="BS20" t="n" s="22">
+      <c r="BT20" t="n" s="22">
         <v>329167.0</v>
       </c>
-      <c r="BT20" t="n" s="22">
+      <c r="BU20" t="n" s="22">
         <v>325784.0</v>
       </c>
-      <c r="BU20" t="n" s="22">
+      <c r="BV20" t="n" s="22">
         <v>319137.0</v>
       </c>
-      <c r="BV20" t="n" s="22">
+      <c r="BW20" t="n" s="22">
         <v>300150.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>1400230.0</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>1335345.0</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>1302179.0</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>1345053.0</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>1303862.0</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>1227898.0</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>1184695.0</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>1197727.0</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>1142581.0</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>1095004.0</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>1049723.0</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>1098165.0</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>1061871.0</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>1106697.0</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>1018673.0</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>953704.0</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>923022.0</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>871406.0</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>827018.0</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>842310.0</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>796429.0</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>777243.0</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>755030.0</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>746238.0</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>714449.0</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>713452.0</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>682898.0</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>701825.0</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>698226.0</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>700207.0</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>684821.0</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>679621.0</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>653918.0</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>642816.0</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>633338.0</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>619820.0</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>608297.0</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>612563.0</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>587866.0</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>561209.0</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>576832.0</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>571235.0</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>564050.0</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>552016.0</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>547190.0</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>534346.0</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>549691.0</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>520505.0</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>496426.0</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>489883.0</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>498421.0</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>488775.0</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>458510.0</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>433367.0</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>442492.0</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>440037.0</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>424331.0</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>409092.0</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>393278.0</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>378395.0</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>363091.0</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>353919.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>366222.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>339286.0</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>327702.0</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>318320.0</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>316652.0</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>306183.0</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>300997.0</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>293268.0</v>
       </c>
-      <c r="BS21" t="n" s="27">
+      <c r="BT21" t="n" s="27">
         <v>295938.0</v>
       </c>
-      <c r="BT21" t="n" s="27">
+      <c r="BU21" t="n" s="27">
         <v>288115.0</v>
       </c>
-      <c r="BU21" t="n" s="27">
+      <c r="BV21" t="n" s="27">
         <v>280717.0</v>
       </c>
-      <c r="BV21" t="n" s="27">
+      <c r="BW21" t="n" s="27">
         <v>266883.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>18638.0</v>
       </c>
@@ -4804,772 +4862,784 @@
       <c r="BN22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BO22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BP22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BQ22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BR22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BS22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BT22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BU22" t="n" s="28">
         <v>18638.0</v>
       </c>
       <c r="BV22" t="n" s="28">
+        <v>18638.0</v>
+      </c>
+      <c r="BW22" t="n" s="28">
         <v>18638.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>120413.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>124065.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>123123.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>124298.0</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>123887.0</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>117880.0</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>118176.0</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>105987.0</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>104128.0</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>104170.0</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>97943.0</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>99631.0</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>101057.0</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>107334.0</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>110652.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>100710.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>99047.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>94178.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>96665.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>27407.0</v>
       </c>
-      <c r="U23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>23479.0</v>
       </c>
-      <c r="V23" t="n" s="29">
+      <c r="W23" t="n" s="29">
         <v>21905.0</v>
       </c>
-      <c r="W23" t="n" s="29">
+      <c r="X23" t="n" s="29">
         <v>23951.0</v>
       </c>
-      <c r="X23" t="n" s="29">
+      <c r="Y23" t="n" s="29">
         <v>30820.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="Z23" t="n" s="29">
         <v>31967.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>29687.0</v>
       </c>
-      <c r="AA23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>24772.0</v>
       </c>
-      <c r="AB23" t="n" s="29">
+      <c r="AC23" t="n" s="29">
         <v>23535.0</v>
       </c>
-      <c r="AC23" t="n" s="29">
+      <c r="AD23" t="n" s="29">
         <v>15709.0</v>
       </c>
-      <c r="AD23" t="n" s="29">
+      <c r="AE23" t="n" s="29">
         <v>34958.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AF23" t="n" s="29">
         <v>42128.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>43763.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>42473.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>56880.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>56750.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>57057.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>57220.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>67933.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>64672.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>64490.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>68674.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>96862.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>95031.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>89608.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>82340.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>80937.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>113916.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>94346.0</v>
       </c>
-      <c r="AW23" t="n" s="29">
+      <c r="AX23" t="n" s="29">
         <v>99786.0</v>
       </c>
-      <c r="AX23" t="n" s="29">
+      <c r="AY23" t="n" s="29">
         <v>101123.0</v>
       </c>
-      <c r="AY23" t="n" s="29">
+      <c r="AZ23" t="n" s="29">
         <v>103103.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BA23" t="n" s="29">
         <v>94565.0</v>
       </c>
-      <c r="BA23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>78831.0</v>
       </c>
-      <c r="BB23" t="n" s="29">
+      <c r="BC23" t="n" s="29">
         <v>95413.0</v>
       </c>
-      <c r="BC23" t="n" s="29">
+      <c r="BD23" t="n" s="29">
         <v>92567.0</v>
       </c>
-      <c r="BD23" t="n" s="29">
+      <c r="BE23" t="n" s="29">
         <v>82621.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BF23" t="n" s="29">
         <v>1301.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>1223.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>983.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>1520.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>1969.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>1158.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>1189.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>1099.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>903.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>1137.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>1580.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>1712.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>1874.0</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>2025.0</v>
       </c>
-      <c r="BS23" t="n" s="29">
+      <c r="BT23" t="n" s="29">
         <v>2049.0</v>
       </c>
-      <c r="BT23" t="n" s="29">
+      <c r="BU23" t="n" s="29">
         <v>2485.0</v>
       </c>
-      <c r="BU23" t="n" s="29">
+      <c r="BV23" t="n" s="29">
         <v>1091.0</v>
       </c>
-      <c r="BV23" t="n" s="29">
+      <c r="BW23" t="n" s="29">
         <v>703.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>174361.0</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>182157.0</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>175751.0</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>158491.0</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>175242.0</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>140954.0</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>155822.0</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>118425.0</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>114508.0</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>158260.0</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>117077.0</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>171629.0</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>181881.0</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>171002.0</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>157822.0</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>119732.0</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>123213.0</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>148175.0</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>117139.0</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>96996.0</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>109409.0</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>108199.0</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>104010.0</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>104974.0</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>106461.0</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>96080.0</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>89913.0</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>93519.0</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>93767.0</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>86980.0</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>87521.0</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>86683.0</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>84706.0</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>74655.0</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>66480.0</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>71073.0</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>88178.0</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>74221.0</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>86946.0</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>92578.0</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>98200.0</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>72782.0</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>64586.0</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>73671.0</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>59625.0</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>61954.0</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>57493.0</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>57285.0</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>58123.0</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>64303.0</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>100520.0</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>104868.0</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>86093.0</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>48758.0</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>44221.0</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>61144.0</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>54496.0</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>56323.0</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>47941.0</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>50462.0</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>52702.0</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>54400.0</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>53160.0</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>43748.0</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>39027.0</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>36314.0</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>33910.0</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>31870.0</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>33817.0</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>31828.0</v>
       </c>
-      <c r="BS24" t="n" s="30">
+      <c r="BT24" t="n" s="30">
         <v>25045.0</v>
       </c>
-      <c r="BT24" t="n" s="30">
+      <c r="BU24" t="n" s="30">
         <v>29371.0</v>
       </c>
-      <c r="BU24" t="n" s="30">
+      <c r="BV24" t="n" s="30">
         <v>31411.0</v>
       </c>
-      <c r="BV24" t="n" s="30">
+      <c r="BW24" t="n" s="30">
         <v>26731.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>1695004.0</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>1641567.0</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>1601053.0</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>1627842.0</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>1602991.0</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>1486732.0</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>1458693.0</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>1422139.0</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>1361217.0</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>1357434.0</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>1264743.0</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>1369425.0</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>1344809.0</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>1385033.0</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>1287057.0</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>1174146.0</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>1145282.0</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>1113759.0</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>1040822.0</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>966713.0</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>929317.0</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>907347.0</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>882991.0</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>882032.0</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>852877.0</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>839219.0</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>797583.0</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>818879.0</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>807702.0</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>822145.0</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>814470.0</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>810067.0</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>781097.0</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>774351.0</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>756568.0</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>747950.0</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>753695.0</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>754717.0</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>739484.0</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>718277.0</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>743706.0</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>740879.0</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>723667.0</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>715295.0</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>689155.0</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>677237.0</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>721100.0</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>672136.0</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>654335.0</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>655309.0</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>702044.0</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>688208.0</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>623434.0</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>577538.0</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>579280.0</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>583802.0</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>480128.0</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>466638.0</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>442202.0</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>430377.0</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>417762.0</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>409477.0</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>420571.0</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>384133.0</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>367632.0</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>355771.0</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>360899.0</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>347963.0</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>343087.0</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>333346.0</v>
       </c>
-      <c r="BS25" t="n" s="31">
+      <c r="BT25" t="n" s="31">
         <v>329167.0</v>
       </c>
-      <c r="BT25" t="n" s="31">
+      <c r="BU25" t="n" s="31">
         <v>325784.0</v>
       </c>
-      <c r="BU25" t="n" s="31">
+      <c r="BV25" t="n" s="31">
         <v>319137.0</v>
       </c>
-      <c r="BV25" t="n" s="31">
+      <c r="BW25" t="n" s="31">
         <v>300150.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B28" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B31" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BV28"/>
-[...6 lines deleted...]
-    <mergeCell ref="A35:BV35"/>
+    <mergeCell ref="B28:BW28"/>
+    <mergeCell ref="B29:BW29"/>
+    <mergeCell ref="B30:BW30"/>
+    <mergeCell ref="B31:BW31"/>
+    <mergeCell ref="B32:BW32"/>
+    <mergeCell ref="A1:BW1"/>
+    <mergeCell ref="A2:BW2"/>
+    <mergeCell ref="A35:BW35"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>