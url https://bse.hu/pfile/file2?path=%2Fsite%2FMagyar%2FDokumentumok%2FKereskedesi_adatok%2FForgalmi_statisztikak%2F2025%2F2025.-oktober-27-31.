--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\KERUKI\Kozos\KerIg\Határidős kereskedés\FORGALMAK\2025. heti forgalom\magyar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B53E34EF-A6E6-4039-9685-9828226AA30F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9ACC966F-CDE0-4395-9335-98A0B4BF4F84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-10" yWindow="-10" windowWidth="9600" windowHeight="10100" xr2:uid="{2FB766F2-FB2E-4D50-816C-FBDC1D9A4510}"/>
   </bookViews>
   <sheets>
     <sheet name="rpt2F5_tmp" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">rpt2F5_tmp!$A$1:$E$29</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -305,66 +305,66 @@
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="11" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF232157"/>
       <color rgb="FF958E60"/>
       <color rgb="FF002753"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -643,81 +643,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="76" workbookViewId="0">
-      <selection activeCell="B35" sqref="B35"/>
+      <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="26" style="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="1" customWidth="1"/>
     <col min="3" max="3" width="20.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="23.1796875" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.81640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.453125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="B1" s="20"/>
-[...2 lines deleted...]
-      <c r="E1" s="20"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:9" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A2" s="21" t="s">
+      <c r="A2" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="21"/>
-[...2 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
     </row>
     <row r="3" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="3" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A5" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="15" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
@@ -916,51 +916,51 @@
         <v>76112000</v>
       </c>
       <c r="E18" s="8">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:9" s="6" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="5">
         <v>1</v>
       </c>
       <c r="C19" s="5">
         <v>3</v>
       </c>
       <c r="D19" s="5">
         <v>11013000</v>
       </c>
       <c r="E19" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="13" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A20" s="16" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <f>SUM(B15:B19)</f>
         <v>68</v>
       </c>
       <c r="C20" s="18">
         <f>SUM(C15:C19)</f>
         <v>956</v>
       </c>
       <c r="D20" s="18">
         <f>SUM(D15:D19)</f>
         <v>5258422800</v>
       </c>
       <c r="E20" s="18"/>
       <c r="I20" s="6"/>
     </row>
     <row r="21" spans="1:9" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9"/>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="I21" s="13"/>
     </row>
     <row r="22" spans="1:9" s="13" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
@@ -1073,99 +1073,99 @@
       </c>
       <c r="E28" s="8">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:9" s="13" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A29" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B29" s="18">
         <f>SUM(B23:B28)</f>
         <v>572</v>
       </c>
       <c r="C29" s="18">
         <f>SUM(C23:C28)</f>
         <v>1906</v>
       </c>
       <c r="D29" s="18">
         <f>SUM(D23:D28)</f>
         <v>2040742600</v>
       </c>
       <c r="E29" s="18"/>
       <c r="I29" s="6"/>
     </row>
     <row r="30" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="22"/>
-[...3 lines deleted...]
-      <c r="E30" s="23"/>
+      <c r="A30" s="20"/>
+      <c r="B30" s="21"/>
+      <c r="C30" s="21"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="21"/>
     </row>
     <row r="31" spans="1:9" ht="14" x14ac:dyDescent="0.3">
-      <c r="A31" s="24" t="s">
+      <c r="A31" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="B31" s="24"/>
-[...2 lines deleted...]
-      <c r="E31" s="24"/>
+      <c r="B31" s="22"/>
+      <c r="C31" s="22"/>
+      <c r="D31" s="22"/>
+      <c r="E31" s="22"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A32" s="25" t="s">
+      <c r="A32" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="B32" s="26">
+      <c r="B32" s="24">
         <v>6</v>
       </c>
-      <c r="C32" s="26">
+      <c r="C32" s="24">
         <v>50</v>
       </c>
-      <c r="D32" s="26">
+      <c r="D32" s="24">
         <v>417500000</v>
       </c>
-      <c r="E32" s="26">
+      <c r="E32" s="24">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14" x14ac:dyDescent="0.3">
-      <c r="A33" s="24" t="s">
+      <c r="A33" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="B33" s="27">
+      <c r="B33" s="25">
         <f>SUM(B32:B32)</f>
         <v>6</v>
       </c>
-      <c r="C33" s="27">
+      <c r="C33" s="25">
         <f>SUM(C32:C32)</f>
         <v>50</v>
       </c>
-      <c r="D33" s="27">
+      <c r="D33" s="25">
         <f>SUM(D32:D32)</f>
         <v>417500000</v>
       </c>
-      <c r="E33" s="27"/>
+      <c r="E33" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157505" right="0.39370078740157505" top="0.39370078740157505" bottom="0.39370078740157505" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="64" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
@@ -1361,106 +1361,106 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="86143164-bc64-4860-855e-21f25813ac43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1D67106-4FD4-40B7-9091-67629BADC317}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="86143164-bc64-4860-855e-21f25813ac43"/>
     <ds:schemaRef ds:uri="62a61388-0549-4333-992b-de9610f30e34"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09A1021E-9028-49CD-AAFF-66A291050AAE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{321FB1F0-EF39-4A73-AF93-AA738B82AFB6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="86143164-bc64-4860-855e-21f25813ac43"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="62a61388-0549-4333-992b-de9610f30e34"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Névvel ellátott tartományok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>